--- v0 (2025-11-04)
+++ v1 (2026-01-09)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\s.cuomo.ARPACAMPANIA\Desktop\Nuova cartella\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\s.cuomo.ARPACAMPANIA\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{68F04597-115A-45D2-AD54-84F1817BCB27}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{35AA243C-1677-4F81-944E-A2C834F228CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="marzo 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="NOVEMBRE 2025" sheetId="1" r:id="rId1"/>
     <sheet name="Foglio4" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="Excel_BuiltIn_Print_Titles" localSheetId="0">'marzo 2025'!$1:$3</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'marzo 2025'!$1:$3</definedName>
+    <definedName name="Excel_BuiltIn_Print_Titles" localSheetId="0">'NOVEMBRE 2025'!$1:$3</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'NOVEMBRE 2025'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="478" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="508" uniqueCount="238">
   <si>
     <t>TITOLARI DI INCARICHI DIRIGENZIALI</t>
   </si>
   <si>
     <t xml:space="preserve">Il Consiglio dell’ANAC, con delibera n. 382 del 12.04.2017, ha sospeso l’efficacia della delibera n. 241/2017 (Linee Guida ANAC pubblicate in data 15 marzo 2017), limitatamente alle indicazioni relative all’applicazione dell’art. 14, comma 1, lett. c) ed f) del D.Lgs. n. 33/2013 e s.m.i. per tutti i dirigenti pubblici, compresi quelli del SSN, in attesa della definizione nel merito del giudizio o in attesa di un intervento legislativo chiarificatore.
 Il Consiglio dell’ANAC, inoltre, in data 1 marzo 2018 ha valutato opportuno sospendere l’efficacia della delibera n.241/2017 limitatamente alle indicazioni relative alla pubblicazione dei dati di cui all’art. 14 comma 1-ter ultimo periodo in attesa della definizione della questione di legittimità costituzionale.
 Si pubblicano pertanto le dichiarazioni di cui all'art. 14, comma 1 lett. d), e) e i documenti e le informazioni di cui all’art. 14 comma 1 lett. a) e b) del D.Lgs. n. 33/2013 e s.m.i.
 </t>
   </si>
   <si>
     <t>NOMINATIVO</t>
   </si>
   <si>
     <t>PROFILO PROFESSIONALE</t>
   </si>
   <si>
     <t>RUOLO</t>
   </si>
   <si>
     <t>TIPOLOGIA INCARICO</t>
   </si>
   <si>
     <t>DELIBERA DI CONFERIMENTO</t>
   </si>
   <si>
@@ -232,59 +232,50 @@
   <si>
     <t>Dirigente Ambientale</t>
   </si>
   <si>
     <t>Tecnico</t>
   </si>
   <si>
     <t xml:space="preserve">SS </t>
   </si>
   <si>
     <t>247/2021</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE DI STRUTTURA SEMPLICE DENOMINATO: “UO MONITORAGGIO QUALITA' DELL'ARIA NELL'AMBITO DELLA DIREZIONE TECNICA</t>
   </si>
   <si>
     <t>68/2021</t>
   </si>
   <si>
     <t>COLETTA BRUNA</t>
   </si>
   <si>
     <t xml:space="preserve">SS  </t>
   </si>
   <si>
-    <t>762/2020</t>
-[...7 lines deleted...]
-  <si>
     <t>COSSENTINO LUIGI</t>
   </si>
   <si>
     <t>SC - AT</t>
   </si>
   <si>
     <t>599/2022</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE AREA TERRITORIALE DIPARTIMENTO PROVINCIALE DI NAPOLI</t>
   </si>
   <si>
     <t>101/2022</t>
   </si>
   <si>
     <t>D'ARIENZO ROSARIA</t>
   </si>
   <si>
     <t>786/2020</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE DI STRUTTURA SEMPLICE DENOMINATO: “LABORATORIO ACQUE REFLUE” NELL’AMBITO DEL DIPARTIMENTO PROVINCIALE DI SALERNO</t>
   </si>
   <si>
     <t>26/2021</t>
@@ -305,59 +296,50 @@
     <t>DE TULLIO GIANCARLO</t>
   </si>
   <si>
     <t>785/2020</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE DI STRUTTURA SEMPLICE DENOMINATO: “CENTRO REGIONALE RADIOATTIVITA’” NELL’AMBITO DEL DIPARTIMENTO PROVINCIALE DI SALERNO</t>
   </si>
   <si>
     <t>44/2021</t>
   </si>
   <si>
     <t>DI ROSA SALVATORE</t>
   </si>
   <si>
     <t>489/2021</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE DIPARTIMENTO PROVINCIALE DI CASERTA</t>
   </si>
   <si>
     <t>97/2021</t>
   </si>
   <si>
     <t>DI RUOCCO VITTORIO</t>
-  </si>
-[...7 lines deleted...]
-    <t>127/2024</t>
   </si>
   <si>
     <t>GARDELLI SIMONA</t>
   </si>
   <si>
     <t>163/2023</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE DI STRUTTURA SEMPLICE DENOMINATO: “UO PIANIFICAZIONE STRATEGICA FORMAZIONE E PROGETTI" NELL’AMBITO DELLA DIREZIONE GENERALE</t>
   </si>
   <si>
     <t>106/2023</t>
   </si>
   <si>
     <t>115/2023          80/2024
 168/2025</t>
   </si>
   <si>
     <t>INCARICO DI RESPONSABILE DELLA PREVENZIONE DELLA CORRUZIONE E DELLA TRASPARENZA</t>
   </si>
   <si>
     <t>GENOVESE WANDA</t>
   </si>
   <si>
     <t>766/2020</t>
@@ -387,84 +369,69 @@
     <t>760/2020</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE DI STRUTTURA SEMPLICE DENOMINATO: “LABORATORIO REGIONALE DIOSSINE” NELL’AMBITO DELLA DIREZIONE TECNICA</t>
   </si>
   <si>
     <t>15/2021
 50/2021</t>
   </si>
   <si>
     <t>IORIO RITA</t>
   </si>
   <si>
     <t>Dirigente Ingegnere</t>
   </si>
   <si>
     <t xml:space="preserve">SC </t>
   </si>
   <si>
     <t>598/2022</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE  UOC: “SOSTENIBILITA’ AMBIENTALE E CONTROLLI” NELL’AMBITO DELLA DIREZIONE TECNICA</t>
   </si>
   <si>
-    <t>21/2021</t>
-[...1 lines deleted...]
-  <si>
     <t>LA VIA LOREDANA</t>
   </si>
   <si>
     <t>Dirigente Analista</t>
   </si>
   <si>
     <t>751/2020</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE DI STRUTTURA SEMPLICE DENOMINATO: “U.O. SISTEMI INFORMATIVI E INFORMATICI” NELL’AMBITO DELLA DIREZIONE GENERALE</t>
   </si>
   <si>
     <t>46/2021</t>
   </si>
   <si>
     <t>532/2018</t>
   </si>
   <si>
     <t>RESPONSABILE PER LA TRANSAZIONE DIGITALE</t>
-  </si>
-[...10 lines deleted...]
-    <t xml:space="preserve">DIRETTORE DIP AV </t>
   </si>
   <si>
     <t>MARTUCCIO CATERINA</t>
   </si>
   <si>
     <t>SC - AA</t>
   </si>
   <si>
     <t>166/2023</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE AREA ANALITICA DIPARTIMENTO PROVINCIALE DI BENEVENTO</t>
   </si>
   <si>
     <t>109/2023</t>
   </si>
   <si>
     <t>MAZZEI GIULIANA</t>
   </si>
   <si>
     <t>777/2020</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE DI STRUTTURA SEMPLICE DENOMINATO: “U.O. ARIA” NELL’AMBITO DEL DIPARTIMENTO PROVINCIALE DI NAPOLI</t>
   </si>
@@ -596,53 +563,50 @@
   <si>
     <t>ROSSI ANNA MARIA</t>
   </si>
   <si>
     <t>146/2018</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE AREA ANALITICA DIPARTIMENTO PROVINCIALE DI SALERNO</t>
   </si>
   <si>
     <t>34/2018</t>
   </si>
   <si>
     <t>RUGGIERO LUCIA</t>
   </si>
   <si>
     <t>Dirigente Avvocato</t>
   </si>
   <si>
     <t>185/2024</t>
   </si>
   <si>
     <t>RESPONSABILE PROTEZIONE DATI</t>
   </si>
   <si>
-    <t>38/2021</t>
-[...1 lines deleted...]
-  <si>
     <t>SCARPA CATERINA</t>
   </si>
   <si>
     <t>783/2020</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE DI STRUTTURA SEMPLICE DENOMINATO: “U.O. ACQUE REFLUE MONITORAGGIO ACQUE INTERNE E MARINO COSTIERE” NELL’AMBITO DEL DIPARTIMENTO PROVINCIALE DI SALERNO</t>
   </si>
   <si>
     <t>20/2021</t>
   </si>
   <si>
     <t>SCOPANO EUGENIO</t>
   </si>
   <si>
     <t>774/2020</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE DI STRUTTURA SEMPLICE DENOMINATO: “LABORATORIO MULTISITO ALIMENTI” NELL’AMBITO DEL DIPARTIMENTO PROVINCIALE DI NAPOLI</t>
   </si>
   <si>
     <t>22/2021</t>
   </si>
   <si>
     <t>SCOPPA GIANLUCA</t>
@@ -718,50 +682,119 @@
     <t>157/2023</t>
   </si>
   <si>
     <t>VARDARO ROSA RITA</t>
   </si>
   <si>
     <t>168/2023</t>
   </si>
   <si>
     <t>INCARICO DI DIREZIONE AREA ANALITICA DIPARTIMENTO PROVINCIALE DI AVELLINO</t>
   </si>
   <si>
     <t>110/2023</t>
   </si>
   <si>
     <t>PETILLO PAOLA SONIA</t>
   </si>
   <si>
     <t>22/2025</t>
   </si>
   <si>
     <t>SUPPORTO NELLE ATTIVITA' INERENTI LE VALUTAZIONI DI IMPATTO AMBIENTALE E LA VALUTAZIONE DI INCIDENZA</t>
   </si>
   <si>
     <t>Incarico conferito con atto deliberativo che non prevede la sottoscrizione di contratto</t>
+  </si>
+  <si>
+    <t>MALANGA ANTONELLA</t>
+  </si>
+  <si>
+    <t>272/2021</t>
+  </si>
+  <si>
+    <t>INCARICO DI NATURA PROFESSIONALE DI BASE ART. 18 COMMA 1, PAR II, LETTERA D) DEL CCNL DELL’ AREA SANITÀ, TRIENNIO 2016-2018, DENOMINATO “ PRESTAZIONI TECNICO/ANALITICHE SPECIALISTICHE IN MATERIA DI OGM SU MATRICI AGROALIMENTARI NONCHÉ IN MATERIA DI AMIANTO, NONCHÉ IN MATERIA DI ACQUE AD USO UMANO, NELL’AMBITO DELLE COMPETENZE DELL’AREA ANALITICA DEL DIPARTIMENTO DI SALERNO”.</t>
+  </si>
+  <si>
+    <t>INCARICO DI DIREZIONE DI “STRUTTURA SEMPLICE” DENOMINATO “U.O. ACQUE REFLUE E MONITORAGGIO ACQUE INTERNE” NELL’AMBITO DEL DIPARTIMENTO PROVINCIALE DI AVELLINO.</t>
+  </si>
+  <si>
+    <t>DE ROMA ANTONELLA</t>
+  </si>
+  <si>
+    <t>557/2025</t>
+  </si>
+  <si>
+    <t>INCARICO DIRIGENZIALE EX ART 19, COMMA 6 D.LGS. 165/2001 DENOMINATO "U.O. RIFIUTI E USO DEL SUOLO" NELL'AMBITO U.O.C. SOAC DELLA DIREZIONE TECNICA"</t>
+  </si>
+  <si>
+    <t>ZOLLO STEFANIA</t>
+  </si>
+  <si>
+    <t>146/2024</t>
+  </si>
+  <si>
+    <t>IPAS</t>
+  </si>
+  <si>
+    <t>14/25</t>
+  </si>
+  <si>
+    <t>290/25</t>
+  </si>
+  <si>
+    <t>INCARICO DI DIREZIONE DIPARTIMENTO PROVINCIALE DI AVELLINO</t>
+  </si>
+  <si>
+    <t>553/25</t>
+  </si>
+  <si>
+    <t>INCARICO DI DIREZIONE DI STRUTTURA COMPLESSA DENOMINATO: “UOC SITI CONTAMINATI E BONIFICHE” NELL’AMBITO DELLA DIREZIONE TECNICA</t>
+  </si>
+  <si>
+    <t>34/2021                     127 bis_2025</t>
+  </si>
+  <si>
+    <t>137/2025</t>
+  </si>
+  <si>
+    <t>21/2021                            102/2022</t>
+  </si>
+  <si>
+    <t>54/2024                      127/2024</t>
+  </si>
+  <si>
+    <t>72/2021</t>
+  </si>
+  <si>
+    <t>38/2021                        62/2024</t>
+  </si>
+  <si>
+    <t>57/2024</t>
+  </si>
+  <si>
+    <t>Dichiarazione situazione patrimoniale, negato consenso e redditi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="63"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1240,74 +1273,74 @@
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr val="090000"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="400000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/20_2021%20SS%20SCARPA(1).pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/34_2021%20SS%20COLETTA%20BRUNA(1).pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CV+Simona+GARDELLI+%2823_08_2024%29_signed.pdf/3247c01f-faf3-4590-8a43-6aa5464d9999?t=1725275494635" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/46_2021%20SS%20LA%20VIA%20Loredana(1).pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Curriculum%20AMollo%2012.04.2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/tucci+Curriculum_.stamped.pdf/91217c1e-a0f9-2e8a-671b-4fbe511791ad?t=1733137542014" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CONTRATTO+22_2025+Dirigente+19_6+PETILLO+P.S.pdf/81b00d1a-81cb-88c5-d09b-bd429cebdea6?t=1748524596174" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CURRICULUM+PETILLO.pdf/08cc0ed6-f442-7ac2-f641-991d402f3cc6?t=1748524596564" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/119_2024+SS+ROMEDO+D+nerettato.pdf/6dbc4b6e-b4ab-a9b3-05d6-9d4e32b2d381?t=1731573542805" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/barbuto+altri+incar.pdf/d3f1e0c1-1041-6aed-a50c-33672c616da3?t=1731573544786" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/DE%20GENNARO%20AQUINO_Dichiarazione%20art14.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Modulo+dichiarazione+circa+l&#8217;assunzione+di+altre+cariche_GIRIBONE.pdf/9e3c1f85-f4bb-bafc-547b-b31593c4451e?t=1680248640540" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/30_2021%20SS%20MAZZEO%20EMILIA(1).pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/scoppa+incomp.pdf/9a07c91a-b111-9d90-71db-19cad0036474?t=1731573547075" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://old.arpacampania.it/documents/30626/0/vardaro_rosa_rita_cvs.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/AQUILA%20Maria%20Grazia%20-%20Curriculum%2020-04-2021%20inviato.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/67_2021%20PASCARELLA%20incarico%20SS.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dichiariazioni+2023+VARDRO+RR+dichiarazione+insussistenza.pdf/c38bab09-dcc4-c420-36e6-79d063fdd0c1?t=1747040464300" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Curriculum%20Bruna%20Coletta%20APRILE%202021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Gardelli+dichiarazione+circa+l&#8217;assunzione+di+altre+cariche_10_03_2023_signed-1.pdf/b680520b-6737-056a-b0e1-ef77b5b78c2f?t=1678717127647" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20LA%20VIA%20marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV_Scarpa_marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Tucci_Dichiarazione%20art.14.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Mollo%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/129_2024+SC+AQUILA+M+contratto.pdf/efc0dbc4-8dc0-c318-455f-b8a7bc3962e8?t=1747039670850" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+EX+ART.+14+C.+1+LETT+D%29+PETILLO.pdf/efb9cd58-87ed-526f-75d9-c697c327a6db?t=1748524596825" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/barbuto+incom.pdf/f3bccab0-66e9-2efb-d55c-1b47c95b4506?t=1731573545128" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/DE%20GENNARO%20AQUINO_Dichiarazione%20art20.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/romeo+altri+incar.pdf/87d939b4-33d6-0190-d13e-3a044acc9ec2?t=1731573546048" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/23__49_2021%20SS%20SERGIO(1).pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Modulo+insussistenza+cause+inconferibilit&#225;+e+incompatibilit&#225;_GIRIBONE.pdf/bb7b4d23-799e-0a86-7e4f-bd977898651a?t=1680248641343" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20MAZZEO%20Firmato%20APRILE%202021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV_PascarellaLoredana_autocertificazione_29032024.pdf/38d226b3-e63c-42c6-ad31-8966933e1d1e?t=1712044291120" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/tucci+Allegato_4_Modulo_insussistenza_cause_inconferibilit%C3%A1_e_incompatibilit%C3%A1_Tucci_Clarice.stamped2.pdf/a8cd9ccc-4e1a-f50b-a2a8-1784f79ac946?t=1733137541727" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Modulo+insussistenza+cause+inconferibilita+e+incompatibilita_firmato_18.03.2025+DI+ROSA.pdf/a00c5610-aff8-136b-f29b-f6cb5acf7816?t=1747040464524" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20Arancio%202021(1).pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Coletta_Dichiarazione%20art.14.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/darienzo+r+Art.14_altre+cariche.pdf/db0eb414-4d1b-b8d8-5ac7-7663b448a35b?t=1733136988999" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Genovese%20Wanda%20aprile%20CV.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://old.arpacampania.it/documents/30626/0/Curriculum_Ruggiero_pp.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Scarpa_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Gardelli+PISF+incompatibilit&#224;+-+agosto+2024_signed.pdf/238f350d-6c3b-5400-5354-fbee10767e41?t=1725274036621" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20IORIO%20aprile%2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/LA%20VIA%20Loredana_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Mirella_Modulo+dichiarazione+circa+lassunzione+di+altre+cariche+e+altri+oneri.pdf/51d68f6b-a6ab-8b9a-e204-38c9df779c08?t=1732527584329" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Mollo%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/sergio_CURRICULA_DIRIGENTI-aggiornato_2024-pdf_signed_ori.stamped.pdf/3976e0dc-a2bb-642d-d9a6-d2434351be6a?t=1733137541326" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/taglialatela+altri+incarichi.pdf/54db8cb8-9c70-29d1-c698-4c3c5449c3dc?t=1731573548068" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/AQUILA+MG+-+Dichiarazione+insussistenza+cause+inconferibilita+%281%29.pdf/d7544a04-66e3-1ea4-851d-77542579c868?t=1747039671444" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/101_2022+Incarico+Direzione+SC+Cossentino+Luigi.pdf/c5ecf3a0-c94f-902c-000c-032058836f9d?t=1747040200394" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/36417a5d-abae-4afd-9491-f24dda7e32b9?download=true&amp;_jsfBridgeRedirect=true" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+INSUSSISTENZA+CAUSE+INCOMPATIBILITA%27+ART+20+petillo.pdf/97b210e4-7734-f240-f9b4-590fe13d9fa9?t=1748524596952" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV_%20Barone%20_%20marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/webdav/guest/document_library/ARPAC/Amministrazione%20Trasparente/Documenti%20vari/Europass%20CV%20-%20Piero%20Cau_IT.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://old.arpacampania.it/documents/30626/0/di_rosa_salvatore_CV_2016.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/romeo+incomp.pdf/bdb80541-3592-e6bd-1a76-b71173c7f94b?t=1731573546390" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/44_2021%20SS%20DE%20TULLIO(1).pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Genovese_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/15_50_2021%20SS%20IANNIBELLI(1).pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Mazzeo%20art%2014.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/pascarella+Allegato_5_Modulo_dichiarazione_circa_lassunzione_di_altre_cariche__Pascarella.stamped.pdf/3bf07442-6f97-b21d-8e1e-f609e2de5d99?t=1738753949776" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Curriculum%20Vitae%20Marika%20Petrillo(1).pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Scarpa_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/120_2024+SC+SCOPPA+G.+nerettato.pdf/47ce8ada-1769-3d6c-8303-d9f0a7cfc8a8?t=1731573543292" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/39_2021%20SS%20UCCELLO(1).pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CurriculumVitaeVadrucci2023.pdf/6c77601c-e48d-3031-2fca-c7e59f5e298f?t=1680248633829" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/dichiarazioni+merola+incopatibilita.pdf/e0d7743b-8f86-7ead-bad4-e0d85d3beb9d?t=1747041270510" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Arancio_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Mazzei+CV.pdf/5bdb2e22-af00-d955-83ce-cb87adaafb51?t=1733137374414" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://old.arpacampania.it/documents/30626/0/niola_maria_pompea_cvs.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/ROMEO+Curriculum.pdf/42fb0155-3bf6-a42d-6555-e6ba1113552d?t=1747040464697" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/angeletti+CV_ANGELETTI__28_08_2024.stamped.pdf/1b381345-0f6d-492b-72cb-36b104969966?t=1733136777832" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/darienzo+r+Allegato_4_Modulo_insussistenza_cause_inconferibilit%C3%A1_e_incompatibilit%C3%A1.stamped.pdf/3e31d46d-e740-9011-2984-36ea34d6abc1?t=1733136988524" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Coletta_Dichiarazione%20art.20.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://old.arpacampania.it/documents/30626/0/di_ruocco_vittorio_cvs.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CV+Simona+GARDELLI+%2823_08_2024%29_signed.pdf/3247c01f-faf3-4590-8a43-6aa5464d9999?t=1725275494635" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/LA%20VIA%20Loredana_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CONTRATTO+MONTANINO+ANNA.pdf/978b9b7e-8e31-8c3d-db70-7fba8f3dc154?t=1680248631957" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/ROSSI%20AM_CV_sett%202021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Ruggiero_Dichiarazione%20art.14.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Sergio_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/taglalatela+incomp.pdf/c30a878b-e77d-458e-72ce-a78d0910e8f7?t=1731573547795" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Allegato+4_Modulo+insussistenza+cause+inconferibilita+e+incompatibilita_1_Cossentino.pdf/328171c5-cf4a-ff9d-0040-6f56b937043d?t=1747040200709" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/92a1af1d-9b5e-4011-b1b3-4d7a6bb7b14e?download=true&amp;_jsfBridgeRedirect=true" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/IORIO_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Modulo+dichiarazione+insussistenza+cause+di+incompatibilit+Mirella.pdf/2aec92a3-f08a-1299-ab40-87bfaace98f5?t=1732527584774" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/AQUILA+MG+-+Dichiarazione+altre+cariche+%281%29.pdf/2d802700-c1b2-8613-6db8-f06e3a80d4a9?t=1747039671303" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/andreotti+Allegato_5_Modulo_dichiarazione_circa_lassunzione_di_altre_cariche_e_altri_oneri.stamped.pdf/9169cb43-d17f-112d-fab7-78c713266966?t=1738753949436" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CAU_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/BARONE_Dichiarazione%20art%2014.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/14_2021%20SS%20DE%20GENNARO%20AQUINO%20VINCENZO(1).pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20DE%20TULLIO%20marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20Luigi%20Iannibelli_16mar%2021(1).pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Mazzeo%20art%2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://old.arpacampania.it/documents/30626/0/perrone_mario_CV_2016.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/petrillo+altri+incar.pdf/59adeb9d-4deb-b69c-89da-3a6d6e1f41a6?t=1731573545391" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV_Scoppa_%20marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dich.+Insussistenza+altri+Incarichi+-+M.+R.+Vadrucci+8.8.23.pdf/acbee8f4-8fc8-d4b4-2c2b-68e4dd63d60c?t=1692615865515" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/128_2024+SC+MEROLA+contratto.pdf/e0692f3b-4376-4f06-5934-f6bd4c69430f?t=1747041269427" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Arancio_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Genovese_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Mazzei+art.14_altre+cariche.pdf/46fbe69e-cad8-4418-0ca1-4b1d1015dba5?t=1733137373797" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Niola%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/pascarella+Allegato_4_Modulo_insussistenza_cause_inconferibilita_e_incompatibilita_Pascarella.stamped.pdf/bc7e73e4-f3da-44f4-b515-ee5fe7e7bfd4?t=1738753949579" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/22_2021%20SS%20SCOPANO(1).pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/cv%20UCCELLO.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/dichiarazioni+di+ruocco+incompatibilita.pdf/95e4bc73-4bf0-230b-21b1-3634ab995152?t=1747041270335" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/angeletti+Art.+14_altre+cariche.pdf/84f09669-fa2f-6baa-3d71-5c23a27fdf43?t=1733136777215" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://old.arpacampania.it/documents/30626/0/cossentino_luigi_CV_2016_pp.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Gardelli+RPCT+altre+cariche_agosto+2024_signed.pdf/fee3785b-8e13-908f-e172-0e82266bbacc?t=1725273811856" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/2021.08.12CurriculumCaterinaArpacbreve%20AGOSTO%2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Ruggiero_Dichiarazione%20art.20.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/33_2021%20SS%20TUCCI%20CLARICE(1).pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Allegato+5_Modulo+dichiarazione+circa+lassunzione+di+altre+cariche+e+altri+oneri_Cossentino_.pdf/a5eedd95-606a-e95e-7c69-fd50594a980d?t=1747040200905" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CAU_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/contratto+106_2023+incarico+SS+Gardelli.pdf/5241683a-b035-2de3-ada9-375180d1a51d?t=1680786313503" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/IORIO_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/52_2021%20MOLLO%20SS%20incarico.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/montanino+Curriculum_vitaea_25102024.stamped.pdf/b2c6d713-d8dd-98db-06c4-87808cac4a2a?t=1733137540242" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/ROSSI%20AM_dichiarazione%20sett%202021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/sergio+Allegato_3__Modulo_dichiarazione_insussistenza_cause_di_incompatibilit%C3%A0-compilato_SERGIO_Alfonso_signed_ori.stamped.pdf/8c7b69b9-fb4b-513e-99da-044b504bcbb0?t=1733137540984" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dichiarazione+BARRICELLA+E.A_incompatibilita.pdf/05151179-0dd9-b56a-7951-5fe41435dbfd?t=1747039903333" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/andreotti+Allegato_4_Modulo_insussistenza_cause_inconferibilita_e_incompatibilita.stamped.pdf/e4482587-e704-d2ca-bde2-b2bdfe53dded?t=1738753949169" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/BARONE_Dichiarazione%20art%2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/DE%20TULLIO_Dichiaraione%20art.14.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/IANNIBELLI_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/petrillo+incomp.pdf/2a060e3c-0bb9-fc50-affb-d2e4742df8c0?t=1731573545779" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/scoppa+altri+incarichi.pdf/d315eaae-6ace-240c-b633-e65824626cc4?t=1731573546704" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV_Barbuto_16_03_2021(1).pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CURRICULUM%20dir.%20Vincenzo%20De%20Gennaro%20Aquino%202021%20pdf%20-%20firma%20digitale.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/c.v.+Giribone+Sonia-.pdf/db3212a3-219f-7047-f04a-0d67c12e8617?t=1680248630914" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Mazzei_incompatibilit%C3%A0.pdf/9f5ae294-b31a-d2e1-41e2-b2265a8ab163?t=1733137375381" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://old.arpacampania.it/documents/30626/0/merola_giuseppina_CV_2016_pp.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Niola%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/43_2021%20SS%20PERRONE(1).pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Perrone_Dichiarazione%20art.14.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV_SCOPANO.marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Uccello_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dich.+Insussistenza+cause+Inconf.+e+Incomp+-+M.+R.+Vadrucci+8.8.23.pdf/b6a369a6-b0df-f263-9ca2-929c469c29aa?t=1692615866365" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/dichiarazioni+di+ruocco+altre+cariche.pdf/3a8afd3a-a61f-038d-e72c-5194d8ddd2bf?t=1747041270009" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Allegato+5_Modulo+dichiarazione+circa+l%E2%80%99assunzione+di+altre+cariche+e+altri+oneri_Di+Rosa+Salvatore_Firmato.pdf/15ed10a5-8bdd-b5a2-e779-82768ce0ce33?t=1748524595764" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/angeletti+Allegato_4_Modulo_insussistenza_cause_inconferibilit%C3%A1_e_incompatibilit%C3%A1.stamped.pdf/958649c7-ff70-a294-311f-4189585b8ae0?t=1733136776756" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/122_2024+SC+BARBUTO+V+nerettato.pdf/29684ac3-71e5-1edf-1f82-ef0377bd3b18?t=1731573544334" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/26_2021%20SS%20D'ARIENZO%20ROSARIA(1).pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Gardelli+RPCT+inconferibilit&#225;+e+incompatibilit&#225;_agosto+2024_signed.pdf/183af90e-6825-2b68-78dd-dd1930d1bb65?t=1725273812308" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Martuccio%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dichiarazione+circa+l&#8217;assunzione+di+altre+cariche_+Montanino_Anna_.pdf/7cea94bd-a9ad-7249-51d0-50ddebe8c39c?t=1680248638135" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/ROSSI%20AM_II%20dichiarazione%20sett%202021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/121_2024+SC+TAGLIALATELA+F+nerettato.pdf/34832bc4-e9a2-f71b-45bc-6d99745a08c2?t=1731573543820" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dichiarazione+altre+cariche+-+BARRICELLA+E.A_-2.pdf/c576b1be-4959-6c2a-0edf-57d84c1a4236?t=1747039903153" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20ANDREOTTI%20marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://old.arpacampania.it/documents/30626/0/barricella_elina_antonia_cvse.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/DE%20TULLIO_Dichiaraione%20art.20.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/IANNIBELLI_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/96_2021%20MIRELLA%20incarico%20SC%20direttore%20DPNA.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Perrone_Dichiarazione%20art.20.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Scopano_Dichiarazione%20art.14.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/uccello+Allegato_4_Modulo_insussistenza_cause_inconferibilita_e_incompatibilita.stamped.pdf/918a9cbb-f993-0e2b-1029-7cf42f71cbe5?t=1738753949910" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Montanino_incompatibilit%C3%A0.pdf/5a11525c-bd50-4d15-ac44-7986b506bf15?t=1733137540658" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/127_2024+SC+DI+RUOCCO+contratto.pdf/5fc850df-ec9d-3140-4df4-94de051bede2?t=1747041269183" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20DARIENZO%20Rosaria%20_%20marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/29_2021%20SS%20GENOVESE%20WANDA(1).pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Martuccio%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/38_2021%20SS%20RUGGIERO%20LUCIA(1).pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20Taglialatela_marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CV-Mirella+25_08_2022.pdf/31ee7ebf-09b0-9508-45b6-f35e6d7c949f?t=1732527583731" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/118bis_2023+Dirigente+DPBN+-+SC+-+BARRICELLA+E.A_.pdf/5de208bd-47c9-d88f-8a49-049e597e2888?t=1747039902898" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/e3623a48-58d5-7436-88fb-0bb43bbbe375?download=true&amp;_jsfBridgeRedirect=true" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/68_2021%20CAU%20P%20incarico%20SS.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/97_2021%20DI%20ROSA%20Salvatore%20Contratto%20incarico%20DPCE.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/21_2021%20SS%20IORIO(1).pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/118_2024+SS+PETRILLO+M+nerettato.pdf/d507f208-cb52-eaef-9326-ac9e6a2095ee?t=1731573542090" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Scopano_Dichiarazione%20art.20.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/13_2021%20SS%20MAZZEI%20GIULIANA(1).pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/32_2021%20SS%20NIOLA%20MARIA%20POMPEA(1).pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CONTRATTO+VADRUCCI.pdf/bee93bd5-a2ee-8d9b-0d0e-d307ac36f332?t=1680248632952" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dichiarazione+merola+altre+cariche.pdf/cee02975-b6ba-00f0-1962-f86264d35aa3?t=1747041269765" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/47_2021%20SS%20ANGELETTI(1).pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Scarpa_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Curriculum%20Bruna%20Coletta%20APRILE%202021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Gardelli+dichiarazione+circa+l&#8217;assunzione+di+altre+cariche_10_03_2023_signed-1.pdf/b680520b-6737-056a-b0e1-ef77b5b78c2f?t=1678717127647" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/LA%20VIA%20Loredana_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Mollo%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/tucci+Allegato_4_Modulo_insussistenza_cause_inconferibilit%C3%A1_e_incompatibilit%C3%A1_Tucci_Clarice.stamped2.pdf/a8cd9ccc-4e1a-f50b-a2a8-1784f79ac946?t=1733137541727" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Modulo+insussistenza+cause+inconferibilita+e+incompatibilita_firmato_18.03.2025+DI+ROSA.pdf/a00c5610-aff8-136b-f29b-f6cb5acf7816?t=1747040464524" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+INSUSSISTENZA+CAUSE+INCOMPATIBILITA%27+ART+20+petillo.pdf/97b210e4-7734-f240-f9b4-590fe13d9fa9?t=1748524596952" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Barricella+-+Dichiarazione_situazione+patrimoniale_negato+consenso+e+redditi.pdf/6de253db-5fd0-0e71-c277-5741caca95d9?t=1765288588762" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/romeo+incomp.pdf/bdb80541-3592-e6bd-1a76-b71173c7f94b?t=1731573546390" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/barbuto+altri+incar.pdf/d3f1e0c1-1041-6aed-a50c-33672c616da3?t=1731573544786" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/DE%20GENNARO%20AQUINO_Dichiarazione%20art20.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Modulo+insussistenza+cause+inconferibilit&#225;+e+incompatibilit&#225;_GIRIBONE.pdf/bb7b4d23-799e-0a86-7e4f-bd977898651a?t=1680248641343" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Mazzeo%20art%2014.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/sergio_CURRICULA_DIRIGENTI-aggiornato_2024-pdf_signed_ori.stamped.pdf/3976e0dc-a2bb-642d-d9a6-d2434351be6a?t=1733137541326" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/AQUILA+MG+-+Dichiarazione+insussistenza+cause+inconferibilita+%281%29.pdf/d7544a04-66e3-1ea4-851d-77542579c868?t=1747039671444" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/AQUILA%20Maria%20Grazia%20-%20Curriculum%2020-04-2021%20inviato.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/pascarella+Allegato_5_Modulo_dichiarazione_circa_lassunzione_di_altre_cariche__Pascarella.stamped.pdf/3bf07442-6f97-b21d-8e1e-f609e2de5d99?t=1738753949776" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/ROMEO+Curriculum.pdf/42fb0155-3bf6-a42d-6555-e6ba1113552d?t=1747040464697" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Zollo+contratto+57_2024.pdf/9d4d34ed-e1da-9333-10c8-2acfafbbd004?t=1763997276251" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Coletta+Bruna+contratto+n+127+bis_2025+SC.pdf/e957ebb2-2c1a-4730-66de-410fe6016770?t=1763997884150" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Gardelli+PISF+incompatibilit&#224;+-+agosto+2024_signed.pdf/238f350d-6c3b-5400-5354-fbee10767e41?t=1725274036621" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/LA%20VIA%20Loredana_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Scarpa_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/39_2021%20SS%20UCCELLO(1).pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CONTRATTO+MONTANINO+ANNA.pdf/978b9b7e-8e31-8c3d-db70-7fba8f3dc154?t=1680248631957" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/AQUILA+MG+-+Dichiarazione+altre+cariche+%281%29.pdf/2d802700-c1b2-8613-6db8-f06e3a80d4a9?t=1747039671303" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/andreotti+Allegato_5_Modulo_dichiarazione_circa_lassunzione_di_altre_cariche_e_altri_oneri.stamped.pdf/9169cb43-d17f-112d-fab7-78c713266966?t=1738753949436" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/barbuto+incom.pdf/f3bccab0-66e9-2efb-d55c-1b47c95b4506?t=1731573545128" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/44_2021%20SS%20DE%20TULLIO(1).pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/ROSSI%20AM_CV_sett%202021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Sergio_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/15_50_2021%20SS%20IANNIBELLI(1).pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Mazzeo%20art%2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/pascarella+Allegato_4_Modulo_insussistenza_cause_inconferibilita_e_incompatibilita_Pascarella.stamped.pdf/bc7e73e4-f3da-44f4-b515-ee5fe7e7bfd4?t=1738753949579" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/cv%20UCCELLO.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/dichiarazioni+di+ruocco+incompatibilita.pdf/95e4bc73-4bf0-230b-21b1-3634ab995152?t=1747041270335" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Zollo+dichiarazione+art.+14.pdf/b5ac47cc-45f7-5b16-7a7d-ec5a3686cb3b?t=1763997279869" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20Arancio%202021(1).pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Coletta+Bruna+dichiarazione+art.+20.pdf/6630aac0-0d79-3b6e-3d1a-10ad8e39be8a?t=1763997233542" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/22_2021%20SS%20SCOPANO(1).pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CV+Simona+GARDELLI+%2823_08_2024%29_signed.pdf/3247c01f-faf3-4590-8a43-6aa5464d9999?t=1725275494635" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/2021.08.12CurriculumCaterinaArpacbreve%20AGOSTO%2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/montanino+Curriculum_vitaea_25102024.stamped.pdf/b2c6d713-d8dd-98db-06c4-87808cac4a2a?t=1733137540242" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/sergio+Allegato_3__Modulo_dichiarazione_insussistenza_cause_di_incompatibilit%C3%A0-compilato_SERGIO_Alfonso_signed_ori.stamped.pdf/8c7b69b9-fb4b-513e-99da-044b504bcbb0?t=1733137540984" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dichiarazione+BARRICELLA+E.A_incompatibilita.pdf/05151179-0dd9-b56a-7951-5fe41435dbfd?t=1747039903333" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/andreotti+Allegato_4_Modulo_insussistenza_cause_inconferibilita_e_incompatibilita.stamped.pdf/e4482587-e704-d2ca-bde2-b2bdfe53dded?t=1738753949169" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV_%20Barone%20_%20marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Europass+CV+-+Piero+Cau_IT.pdf/c9bd23e6-5af1-a568-4c11-0949f5de5250?t=1680248639663" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum+Di+Ruocco.pdf/af28861e-5f87-6cde-eca3-6c9b87f8d2de?t=1764928828697" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/ROSSI%20AM_dichiarazione%20sett%202021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20DE%20TULLIO%20marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Genovese_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20Luigi%20Iannibelli_16mar%2021(1).pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CV+MEROLA.pdf/4220baf0-b7c6-c6d5-6ad6-ddd025b7a569?t=1764946651858" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/43_2021%20SS%20PERRONE(1).pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/petrillo+incomp.pdf/2a060e3c-0bb9-fc50-affb-d2e4742df8c0?t=1731573545779" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV_SCOPANO.marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/scoppa+altri+incarichi.pdf/d315eaae-6ace-240c-b633-e65824626cc4?t=1731573546704" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Uccello_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dich.+Insussistenza+cause+Inconf.+e+Incomp+-+M.+R.+Vadrucci+8.8.23.pdf/b6a369a6-b0df-f263-9ca2-929c469c29aa?t=1692615866365" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Allegato+5_Modulo+dichiarazione+circa+l%E2%80%99assunzione+di+altre+cariche+e+altri+oneri_Di+Rosa+Salvatore_Firmato.pdf/15ed10a5-8bdd-b5a2-e779-82768ce0ce33?t=1748524595764" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/De+Roma_DICHIARAZIONE+ART.+14+D.LGS+33_2013.pdf/b2e168c6-83fc-5528-50aa-3e9c5ff5e4ca?t=1764323415411" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Arancio_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Mazzei_incompatibilit%C3%A0.pdf/9f5ae294-b31a-d2e1-41e2-b2265a8ab163?t=1733137375381" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Niola%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/dichiarazioni+di+ruocco+altre+cariche.pdf/3a8afd3a-a61f-038d-e72c-5194d8ddd2bf?t=1747041270009" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Zollo+dichiarazione+art.+20.pdf/8965e965-aa2e-1ab8-dbba-a92fa7478d6b?t=1763997283460" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/angeletti+CV_ANGELETTI__28_08_2024.stamped.pdf/1b381345-0f6d-492b-72cb-36b104969966?t=1733136777832" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/14_2021%20SS%20DE%20GENNARO%20AQUINO%20VINCENZO(1).pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://old.arpacampania.it/documents/30626/0/cossentino_luigi_CV_2016_pp.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/contratto+106_2023+incarico+SS+Gardelli.pdf/5241683a-b035-2de3-ada9-375180d1a51d?t=1680786313503" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Gardelli+RPCT+altre+cariche_agosto+2024_signed.pdf/fee3785b-8e13-908f-e172-0e82266bbacc?t=1725273811856" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Martuccio+dichiarazione+art.+14.pdf/50b596df-f56e-00c5-1047-9ef37c50f6b9?t=1763997260133" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dichiarazione+circa+l&#8217;assunzione+di+altre+cariche_+Montanino_Anna_.pdf/7cea94bd-a9ad-7249-51d0-50ddebe8c39c?t=1680248638135" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/ROSSI%20AM_II%20dichiarazione%20sett%202021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/20_2021%20SS%20SCARPA(1).pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/121_2024+SC+TAGLIALATELA+F+nerettato.pdf/34832bc4-e9a2-f71b-45bc-6d99745a08c2?t=1731573543820" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/tucci+Curriculum_.stamped.pdf/91217c1e-a0f9-2e8a-671b-4fbe511791ad?t=1733137542014" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CONTRATTO+22_2025+Dirigente+19_6+PETILLO+P.S.pdf/81b00d1a-81cb-88c5-d09b-bd429cebdea6?t=1748524596174" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Malanga+Antonella+contratto+n+72_2024.pdf/c8142ab0-23a5-3eb7-547e-a109a3d73336?t=1763997248851" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/46_2021%20SS%20LA%20VIA%20Loredana(1).pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Curriculum%20AMollo%2012.04.2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dichiarazione+altre+cariche+-+BARRICELLA+E.A_-2.pdf/c576b1be-4959-6c2a-0edf-57d84c1a4236?t=1747039903153" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20ANDREOTTI%20marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CAU_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Barone+Francesca+contratto+n+108_2023.pdf/054b2f28-36c9-5d71-0a01-2652d34c5948?t=1763997214329" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CURRICULUM%20dir.%20Vincenzo%20De%20Gennaro%20Aquino%202021%20pdf%20-%20firma%20digitale.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/DE%20TULLIO_Dichiaraione%20art.14.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/IANNIBELLI_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/96_2021%20MIRELLA%20incarico%20SC%20direttore%20DPNA.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Perrone_Dichiarazione%20art.20.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/119_2024+SS+ROMEDO+D+nerettato.pdf/6dbc4b6e-b4ab-a9b3-05d6-9d4e32b2d381?t=1731573542805" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/scoppa+incomp.pdf/9a07c91a-b111-9d90-71db-19cad0036474?t=1731573547075" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CV+VARDARO.pdf/75e28add-7603-af3b-d6b0-f58cb3360ddd?t=1764773134424" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CURRICULUM+PETILLO.pdf/08cc0ed6-f442-7ac2-f641-991d402f3cc6?t=1748524596564" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Arancio_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/c.v.+Giribone+Sonia-.pdf/db3212a3-219f-7047-f04a-0d67c12e8617?t=1680248630914" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/30_2021%20SS%20MAZZEO%20EMILIA(1).pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/67_2021%20PASCARELLA%20incarico%20SS.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CV+PERRONE.pdf/f4c0762b-ccf3-e697-07b5-f328d11f223c?t=1764759088398" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Scopano_Dichiarazione%20art.14.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/uccello+Allegato_4_Modulo_insussistenza_cause_inconferibilita_e_incompatibilita.stamped.pdf/918a9cbb-f993-0e2b-1029-7cf42f71cbe5?t=1738753949910" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Di+Ruocco+Vittorio+contratto+n+54_2025.pdf/fa0f8400-9deb-32e7-1ffd-a48fc4285e97?t=1763997240808" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Zollo+Stefania.pdf/6e6f7076-a9cd-4bd0-6b5e-b53cf6fb5ed9?t=1764244986275" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/De+Roma_DICHIARAZIONE+ART.+20+D.LGS+2013_49.pdf/50ad829b-1fbc-9b89-e295-4fc86f4487bc?t=1764323415893" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/angeletti+Art.+14_altre+cariche.pdf/84f09669-fa2f-6baa-3d71-5c23a27fdf43?t=1733136777215" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/26_2021%20SS%20D'ARIENZO%20ROSARIA(1).pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Gardelli+RPCT+inconferibilit&#225;+e+incompatibilit&#225;_agosto+2024_signed.pdf/183af90e-6825-2b68-78dd-dd1930d1bb65?t=1725273812308" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Martuccio+dichiarazione+art.+20.pdf/0a31cc8d-988d-18d9-26dd-c9653fdc4900?t=1763997263657" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV_Scarpa_marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Tucci_Dichiarazione%20art.14.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dichiariazioni+2023+VARDRO+RR+dichiarazione+insussistenza.pdf/c38bab09-dcc4-c420-36e6-79d063fdd0c1?t=1747040464300" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CAU_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CV+Simona+GARDELLI+%2823_08_2024%29_signed.pdf/3247c01f-faf3-4590-8a43-6aa5464d9999?t=1725275494635" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20LA%20VIA%20marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Mollo%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Montanino_incompatibilit%C3%A0.pdf/5a11525c-bd50-4d15-ac44-7986b506bf15?t=1733137540658" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/RUGGIERO+Lucia+contratto+n+62_2024.pdf/91927406-a28e-f905-6f11-9b97ef36e14e?t=1763997273266" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20Taglialatela_marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/118bis_2023+Dirigente+DPBN+-+SC+-+BARRICELLA+E.A_.pdf/5de208bd-47c9-d88f-8a49-049e597e2888?t=1747039902898" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Barone+Francesca+contratto+n+108_2023.pdf/054b2f28-36c9-5d71-0a01-2652d34c5948?t=1763997214329" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Malanga_DICHIARAZIONE+ART.+20+D.LGS+39_2013.pdf/b2241693-90f3-1c45-3223-1295cd5ee3b5?t=1764323417149" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DI+ROSA_+Dichiarazione+situazione+patrimoniale+-+negato+consenso+-+redditi.pdf/ee5d0bbe-4e5b-6ab5-d5da-2614a70d9910?t=1764759334829" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Barone+Francesca+dichiarazione+art.20.pdf/4e05d019-e522-8f62-7090-a9f5ad3c7ec0?t=1763997221554" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/DE%20TULLIO_Dichiaraione%20art.20.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/IANNIBELLI_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/romeo+altri+incar.pdf/87d939b4-33d6-0190-d13e-3a044acc9ec2?t=1731573546048" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/23__49_2021%20SS%20SERGIO(1).pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV_Barbuto_16_03_2021(1).pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/DE%20GENNARO%20AQUINO_Dichiarazione%20art14.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Modulo+dichiarazione+circa+l&#8217;assunzione+di+altre+cariche_GIRIBONE.pdf/9e3c1f85-f4bb-bafc-547b-b31593c4451e?t=1680248640540" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20MAZZEO%20Firmato%20APRILE%202021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CV-Mirella+25_08_2022.pdf/31ee7ebf-09b0-9508-45b6-f35e6d7c949f?t=1732527583731" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV_PascarellaLoredana_autocertificazione_29032024.pdf/38d226b3-e63c-42c6-ad31-8966933e1d1e?t=1712044291120" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Perrone_Dichiarazione%20art.14.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/118_2024+SS+PETRILLO+M+nerettato.pdf/d507f208-cb52-eaef-9326-ac9e6a2095ee?t=1731573542090" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Scopano_Dichiarazione%20art.20.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CONTRATTO+VADRUCCI.pdf/bee93bd5-a2ee-8d9b-0d0e-d307ac36f332?t=1680248632952" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/129_2024+SC+AQUILA+M+contratto.pdf/efc0dbc4-8dc0-c318-455f-b8a7bc3962e8?t=1747039670850" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dichiarazione+merola+altre+cariche.pdf/cee02975-b6ba-00f0-1962-f86264d35aa3?t=1747041269765" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+EX+ART.+14+C.+1+LETT+D%29+PETILLO.pdf/efb9cd58-87ed-526f-75d9-c697c327a6db?t=1748524596825" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Malanga_DICHIARAZIONE+ART.+14+D.LGS+14_2013.pdf/11c6e99e-a88b-8272-4ff0-28bf51dd6360?t=1764323416644" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/angeletti+Allegato_4_Modulo_insussistenza_cause_inconferibilit%C3%A1_e_incompatibilit%C3%A1.stamped.pdf/958649c7-ff70-a294-311f-4189585b8ae0?t=1733136776756" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/122_2024+SC+BARBUTO+V+nerettato.pdf/29684ac3-71e5-1edf-1f82-ef0377bd3b18?t=1731573544334" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Martuccio+Caterina+contratto+n+109_2023.pdf/a034b1a7-547a-030a-4fe4-8dc13e25dbbd?t=1763997255680" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20DARIENZO%20Rosaria%20_%20marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/29_2021%20SS%20GENOVESE%20WANDA(1).pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/13_2021%20SS%20MAZZEI%20GIULIANA(1).pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/32_2021%20SS%20NIOLA%20MARIA%20POMPEA(1).pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/_+NOTE+-+Avv.Lucia+Ruggiero-curriculum+vitae.pdf/512f21d6-79ee-fe7b-8ca5-a5981bc5eb3d?t=1764929054659" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/taglialatela+altri+incarichi.pdf/54db8cb8-9c70-29d1-c698-4c3c5449c3dc?t=1731573548068" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/101_2022+Incarico+Direzione+SC+Cossentino+Luigi.pdf/c5ecf3a0-c94f-902c-000c-032058836f9d?t=1747040200394" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Coletta+Bruna+contratto+n+127+bis_2025+SC.pdf/e957ebb2-2c1a-4730-66de-410fe6016770?t=1763997884150" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CV+Barricella.pdf/cf97dc79-2f5d-897f-f548-4943f946787b?t=1764757974105" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/97_2021%20DI%20ROSA%20Salvatore%20Contratto%20incarico%20DPCE.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV%20IORIO%20aprile%2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Mirella_Modulo+dichiarazione+circa+lassunzione+di+altre+cariche+e+altri+oneri.pdf/51d68f6b-a6ab-8b9a-e204-38c9df779c08?t=1732527584329" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Curriculum%20Vitae%20Marika%20Petrillo(1).pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/120_2024+SC+SCOPPA+G.+nerettato.pdf/47ce8ada-1769-3d6c-8303-d9f0a7cfc8a8?t=1731573543292" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CurriculumVitaeVadrucci2023.pdf/6c77601c-e48d-3031-2fca-c7e59f5e298f?t=1680248633829" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CV+POMPEA+NIOLA.pdf/605da38b-eec8-4299-2b81-a52a3cb16097?t=1764757992143" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/dichiarazioni+merola+incopatibilita.pdf/e0d7743b-8f86-7ead-bad4-e0d85d3beb9d?t=1747041270510" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CURRICULUM+MALANGA.pdf/da206839-9543-33fd-54b6-589fb35be920?t=1764323413982" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/darienzo+r+Art.14_altre+cariche.pdf/db0eb414-4d1b-b8d8-5ac7-7663b448a35b?t=1733136988999" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Genovese%20Wanda%20aprile%20CV.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Mazzei+CV.pdf/5bdb2e22-af00-d955-83ce-cb87adaafb51?t=1733137374414" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Ruggiero+dichiarazione+art.14.pdf/980f8722-dc5a-98fc-034b-4b57e3241e44?t=1763997267213" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/taglalatela+incomp.pdf/c30a878b-e77d-458e-72ce-a78d0910e8f7?t=1731573547795" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Modulo+dichiarazione+insussistenza+cause+di+incompatibilit+Mirella.pdf/2aec92a3-f08a-1299-ab40-87bfaace98f5?t=1732527584774" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Allegato+4_Modulo+insussistenza+cause+inconferibilita+e+incompatibilita_1_Cossentino.pdf/328171c5-cf4a-ff9d-0040-6f56b937043d?t=1747040200709" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/De+Roma+Antonella+contratto+n_+137_2025.pdf/2556c98d-00d0-7018-1ac6-0a6e18d5efdc?t=1763997237134" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/68_2021%20CAU%20P%20incarico%20SS.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CV+DI+ROSA.pdf/8ab32336-cd2e-6ca2-f379-ff5879772b42?t=1764757977447" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/IORIO_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/petrillo+altri+incar.pdf/59adeb9d-4deb-b69c-89da-3a6d6e1f41a6?t=1731573545391" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/CV_Scoppa_%20marzo%202021(1).pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Mazzei+art.14_altre+cariche.pdf/46fbe69e-cad8-4418-0ca1-4b1d1015dba5?t=1733137373797" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Niola%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dich.+Insussistenza+altri+Incarichi+-+M.+R.+Vadrucci+8.8.23.pdf/acbee8f4-8fc8-d4b4-2c2b-68e4dd63d60c?t=1692615865515" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/128_2024+SC+MEROLA+contratto.pdf/e0692f3b-4376-4f06-5934-f6bd4c69430f?t=1747041269427" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CV+De+Roma+.pdf/b71f7966-221e-b4fa-2c3c-0ca61f6e6c61?t=1764323414786" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/47_2021%20SS%20ANGELETTI(1).pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/darienzo+r+Allegato_4_Modulo_insussistenza_cause_inconferibilit%C3%A1_e_incompatibilit%C3%A1.stamped.pdf/3e31d46d-e740-9011-2984-36ea34d6abc1?t=1733136988524" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/Genovese_Dichiarazione%20art.%2014.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Ruggiero+dichiarazione+art.20.pdf/1049aa61-d3f5-48ce-a06d-1d317b21d8ef?t=1763997270221" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/IORIO_Dichiarazione%20art.%2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/52_2021%20MOLLO%20SS%20incarico.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/63130/33_2021%20SS%20TUCCI%20CLARICE(1).pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Allegato+5_Modulo+dichiarazione+circa+lassunzione+di+altre+cariche+e+altri+oneri_Cossentino_.pdf/a5eedd95-606a-e95e-7c69-fd50594a980d?t=1747040200905" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Iorio+Rita+contratto+n+102_2022.pdf/177f0a4b-be4c-f400-d0f5-df4a24116123?t=1763998306266" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:IU51"/>
+  <dimension ref="A1:IU53"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A17" workbookViewId="0">
-      <selection activeCell="E27" sqref="E27"/>
+    <sheetView tabSelected="1" topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="H18" sqref="H18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="21.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="21.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.28515625" style="1" customWidth="1"/>
     <col min="6" max="6" width="54.140625" style="2" customWidth="1"/>
-    <col min="7" max="7" width="21.28515625" style="3" customWidth="1"/>
+    <col min="7" max="7" width="17.85546875" style="3" customWidth="1"/>
     <col min="8" max="8" width="23.42578125" style="11" customWidth="1"/>
     <col min="9" max="9" width="25.7109375" style="17" customWidth="1"/>
     <col min="10" max="10" width="31.42578125" style="17" customWidth="1"/>
-    <col min="11" max="11" width="18.5703125" style="17" customWidth="1"/>
+    <col min="11" max="11" width="35.85546875" style="17" customWidth="1"/>
     <col min="12" max="247" width="9.140625" style="4" customWidth="1"/>
     <col min="248" max="248" width="3" style="4" customWidth="1"/>
     <col min="249" max="249" width="25.5703125" style="4" customWidth="1"/>
     <col min="250" max="250" width="12.85546875" style="4" customWidth="1"/>
     <col min="251" max="251" width="16.42578125" style="4" customWidth="1"/>
     <col min="252" max="252" width="13.7109375" style="4" customWidth="1"/>
     <col min="253" max="253" width="27" style="4" customWidth="1"/>
     <col min="254" max="254" width="23.7109375" style="4" customWidth="1"/>
     <col min="255" max="255" width="11.5703125" style="4" hidden="1" customWidth="1"/>
     <col min="256" max="16384" width="21.42578125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="18"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
       <c r="I1" s="18"/>
       <c r="J1" s="18"/>
@@ -1522,1636 +1555,1741 @@
       </c>
       <c r="J8" s="14" t="s">
         <v>21</v>
       </c>
       <c r="K8" s="2"/>
     </row>
     <row r="9" spans="1:11" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>45</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>46</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F9" s="8" t="s">
         <v>48</v>
       </c>
-      <c r="G9" s="15" t="s">
+      <c r="G9" s="13" t="s">
         <v>49</v>
       </c>
       <c r="H9" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J9" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:11" s="12" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>51</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D10" s="7" t="s">
         <v>53</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>55</v>
       </c>
       <c r="G10" s="13" t="s">
         <v>56</v>
       </c>
-      <c r="H10" s="13" t="s">
+      <c r="H10" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>21</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="K10" s="7"/>
+      <c r="K10" s="13" t="s">
+        <v>237</v>
+      </c>
     </row>
     <row r="11" spans="1:11" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>57</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="11" t="s">
         <v>61</v>
       </c>
       <c r="F11" s="8" t="s">
         <v>62</v>
       </c>
       <c r="G11" s="13" t="s">
         <v>63</v>
       </c>
       <c r="H11" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I11" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J11" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:11" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>64</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>24</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>41</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>228</v>
       </c>
       <c r="F12" s="8" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>229</v>
+      </c>
+      <c r="G12" s="14" t="s">
+        <v>230</v>
       </c>
       <c r="H12" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I12" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J12" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:11" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D13" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="G13" s="14" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>73</v>
       </c>
       <c r="H13" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I13" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J13" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:11" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>24</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F14" s="8" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="G14" s="13" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="H14" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I14" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J14" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:11" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="10" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F15" s="8" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G15" s="13" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H15" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I15" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J15" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:11" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="10" t="s">
-        <v>82</v>
+        <v>219</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D16" s="8" t="s">
+      <c r="D16" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="E16" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="G16" s="13" t="s">
+        <v>231</v>
+      </c>
+      <c r="H16" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I16" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J16" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="F17" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="G17" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="H17" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I17" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J17" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" s="12" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
         <v>83</v>
       </c>
-      <c r="F16" s="8" t="s">
-[...52 lines deleted...]
-      <c r="B18" s="1" t="s">
+      <c r="B18" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="7" t="s">
         <v>24</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="F18" s="8" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>85</v>
+      </c>
+      <c r="G18" s="16" t="s">
+        <v>86</v>
       </c>
       <c r="H18" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I18" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J18" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="K18" s="7"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:11" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K18" s="14" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" s="12" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>87</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>23</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>34</v>
-[...8 lines deleted...]
-        <v>96</v>
+        <v>24</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>227</v>
       </c>
       <c r="G19" s="13" t="s">
-        <v>97</v>
+        <v>233</v>
       </c>
       <c r="H19" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I19" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J19" s="14" t="s">
         <v>21</v>
       </c>
-    </row>
-    <row r="20" spans="1:11" s="12" customFormat="1" ht="47.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K19" s="7"/>
+    </row>
+    <row r="20" spans="1:16" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>34</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="F20" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="G20" s="13" t="s">
+        <v>91</v>
+      </c>
+      <c r="H20" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I20" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J20" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" s="12" customFormat="1" ht="47.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="F21" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="G21" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="H21" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I21" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J21" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="K21" s="7"/>
+    </row>
+    <row r="22" spans="1:16" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="F22" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="G22" s="13" t="s">
+        <v>97</v>
+      </c>
+      <c r="H22" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I22" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J22" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="10" t="s">
         <v>98</v>
       </c>
-      <c r="F20" s="8" t="s">
+      <c r="B23" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E23" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="G20" s="8" t="s">
-[...14 lines deleted...]
-      <c r="A21" s="10" t="s">
+      <c r="F23" s="8" t="s">
         <v>100</v>
       </c>
-      <c r="B21" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="7" t="s">
+      <c r="G23" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="H23" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I23" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J23" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C24" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="D21" s="8" t="s">
-[...8 lines deleted...]
-      <c r="G21" s="13" t="s">
+      <c r="D24" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E24" s="11" t="s">
         <v>103</v>
       </c>
-      <c r="H21" s="14" t="s">
-[...10 lines deleted...]
-      <c r="A22" s="10" t="s">
+      <c r="F24" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="B22" s="7" t="s">
-[...8 lines deleted...]
-      <c r="E22" s="1" t="s">
+      <c r="G24" s="13" t="s">
         <v>105</v>
       </c>
-      <c r="F22" s="8" t="s">
+      <c r="H24" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I24" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J24" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" s="8" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
         <v>106</v>
       </c>
-      <c r="G22" s="13" t="s">
+      <c r="B25" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="H22" s="14" t="s">
-[...10 lines deleted...]
-      <c r="A23" s="10" t="s">
+      <c r="C25" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D25" s="8" t="s">
         <v>108</v>
       </c>
-      <c r="B23" s="7" t="s">
-[...8 lines deleted...]
-      <c r="E23" s="11" t="s">
+      <c r="E25" s="11" t="s">
         <v>109</v>
       </c>
-      <c r="F23" s="8" t="s">
+      <c r="F25" s="8" t="s">
         <v>110</v>
       </c>
-      <c r="G23" s="13" t="s">
+      <c r="G25" s="13" t="s">
+        <v>232</v>
+      </c>
+      <c r="H25" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I25" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J25" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
         <v>111</v>
       </c>
-      <c r="H23" s="14" t="s">
-[...10 lines deleted...]
-      <c r="A24" s="10" t="s">
+      <c r="B26" s="7" t="s">
         <v>112</v>
-      </c>
-[...65 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C26" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D26" s="8"/>
+      <c r="D26" s="8" t="s">
+        <v>65</v>
+      </c>
       <c r="E26" s="11" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="F26" s="8" t="s">
-        <v>124</v>
-[...6 lines deleted...]
-    <row r="27" spans="1:11" s="7" customFormat="1" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="G26" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="H26" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I26" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J26" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="10" t="s">
-        <v>125</v>
+        <v>111</v>
       </c>
       <c r="B27" s="7" t="s">
-        <v>126</v>
+        <v>112</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>59</v>
       </c>
       <c r="D27" s="8"/>
       <c r="E27" s="11" t="s">
-        <v>127</v>
-[...15 lines deleted...]
-    <row r="28" spans="1:11" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+        <v>116</v>
+      </c>
+      <c r="F27" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="G27" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="H27" s="14"/>
+      <c r="I27" s="14"/>
+      <c r="J27" s="14"/>
+    </row>
+    <row r="28" spans="1:16" s="7" customFormat="1" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="10" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>215</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>29</v>
       </c>
       <c r="C28" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="D28" s="7" t="s">
-[...9 lines deleted...]
-        <v>133</v>
+      <c r="E28" s="7" t="s">
+        <v>216</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="G28" s="13" t="s">
+        <v>234</v>
       </c>
       <c r="H28" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I28" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J28" s="14" t="s">
         <v>21</v>
       </c>
-    </row>
-    <row r="29" spans="1:11" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K28" s="11"/>
+      <c r="M28" s="13"/>
+      <c r="N28" s="14"/>
+      <c r="O28" s="14"/>
+      <c r="P28" s="14"/>
+    </row>
+    <row r="29" spans="1:16" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="B29" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="F29" s="8" t="s">
+        <v>121</v>
+      </c>
+      <c r="G29" s="14" t="s">
+        <v>122</v>
+      </c>
+      <c r="H29" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I29" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J29" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>123</v>
+      </c>
+      <c r="B30" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="C29" s="7" t="s">
+      <c r="C30" s="7" t="s">
         <v>59</v>
-      </c>
-[...30 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E30" s="11" t="s">
-        <v>139</v>
+        <v>124</v>
       </c>
       <c r="F30" s="8" t="s">
-        <v>140</v>
+        <v>125</v>
       </c>
       <c r="G30" s="13" t="s">
-        <v>141</v>
+        <v>126</v>
       </c>
       <c r="H30" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I30" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J30" s="14" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="31" spans="1:11" s="12" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:16" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
-        <v>142</v>
+        <v>127</v>
       </c>
       <c r="B31" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E31" s="11" t="s">
+        <v>128</v>
+      </c>
+      <c r="F31" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="G31" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="H31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I31" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J31" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" s="12" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="B32" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="C31" s="7" t="s">
+      <c r="C32" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D31" s="7" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="D32" s="7" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>148</v>
+        <v>133</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>134</v>
+      </c>
+      <c r="G32" s="14" t="s">
+        <v>135</v>
       </c>
       <c r="H32" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I32" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J32" s="14" t="s">
         <v>21</v>
       </c>
+      <c r="K32" s="7"/>
     </row>
     <row r="33" spans="1:10" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
-        <v>151</v>
+        <v>136</v>
       </c>
       <c r="B33" s="7" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>152</v>
+        <v>24</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>137</v>
       </c>
       <c r="F33" s="8" t="s">
-        <v>153</v>
+        <v>138</v>
       </c>
       <c r="G33" s="13" t="s">
-        <v>154</v>
+        <v>139</v>
       </c>
       <c r="H33" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I33" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J33" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:10" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="10" t="s">
-        <v>155</v>
+        <v>140</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>58</v>
       </c>
       <c r="C34" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D34" s="8"/>
+      <c r="D34" s="8" t="s">
+        <v>60</v>
+      </c>
       <c r="E34" s="11" t="s">
-        <v>156</v>
+        <v>141</v>
       </c>
       <c r="F34" s="8" t="s">
-        <v>157</v>
+        <v>142</v>
       </c>
       <c r="G34" s="13" t="s">
-        <v>47</v>
+        <v>143</v>
       </c>
       <c r="H34" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I34" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J34" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:10" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="10" t="s">
-        <v>158</v>
+        <v>144</v>
       </c>
       <c r="B35" s="7" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D35" s="8"/>
       <c r="E35" s="11" t="s">
-        <v>159</v>
+        <v>145</v>
       </c>
       <c r="F35" s="8" t="s">
-        <v>160</v>
+        <v>146</v>
       </c>
       <c r="G35" s="13" t="s">
-        <v>161</v>
+        <v>47</v>
       </c>
       <c r="H35" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I35" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J35" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:10" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
-        <v>162</v>
+        <v>147</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E36" s="11" t="s">
-        <v>163</v>
+        <v>148</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
       <c r="G36" s="13" t="s">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="H36" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I36" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J36" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:10" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
-        <v>166</v>
+        <v>151</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E37" s="11" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="G37" s="13" t="s">
-        <v>169</v>
+        <v>154</v>
       </c>
       <c r="H37" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="I37" s="16" t="s">
-[...2 lines deleted...]
-      <c r="J37" s="16" t="s">
+      <c r="I37" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J37" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:10" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-      <c r="E38" s="11"/>
+        <v>155</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E38" s="11" t="s">
+        <v>156</v>
+      </c>
       <c r="F38" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="G38" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="H38" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="I38" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="J38" s="16" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>211</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>224</v>
+      </c>
+      <c r="E39" s="11" t="s">
         <v>225</v>
       </c>
-      <c r="G38" s="16" t="s">
-[...16 lines deleted...]
-      <c r="B39" s="7" t="s">
+      <c r="F39" s="8" t="s">
+        <v>213</v>
+      </c>
+      <c r="G39" s="16" t="s">
+        <v>212</v>
+      </c>
+      <c r="H39" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="I39" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="J39" s="16" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" s="7" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="B40" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="C39" s="7" t="s">
+      <c r="C40" s="7" t="s">
         <v>24</v>
-      </c>
-[...30 lines deleted...]
-        <v>59</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E40" s="11" t="s">
-        <v>175</v>
+        <v>160</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>161</v>
+      </c>
+      <c r="G40" s="13" t="s">
+        <v>162</v>
       </c>
       <c r="H40" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I40" s="16" t="s">
         <v>21</v>
       </c>
       <c r="J40" s="16" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:10" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="10" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="B41" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E41" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="F41" s="8" t="s">
+        <v>165</v>
+      </c>
+      <c r="G41" s="14" t="s">
+        <v>166</v>
+      </c>
+      <c r="H41" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I41" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="J41" s="16" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C41" s="7" t="s">
+      <c r="C42" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="D41" s="7" t="s">
-[...35 lines deleted...]
-        <v>184</v>
+      <c r="D42" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>168</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>169</v>
+      </c>
+      <c r="G42" s="15" t="s">
+        <v>170</v>
       </c>
       <c r="H42" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I42" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J42" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
-        <v>187</v>
+        <v>171</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>39</v>
+        <v>172</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>40</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E43" s="11" t="s">
-        <v>188</v>
+        <v>173</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>174</v>
+      </c>
+      <c r="G43" s="14" t="s">
+        <v>235</v>
       </c>
       <c r="H43" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I43" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J43" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
-        <v>191</v>
+        <v>175</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E44" s="11" t="s">
-        <v>192</v>
+        <v>176</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>193</v>
+        <v>177</v>
       </c>
       <c r="G44" s="13" t="s">
-        <v>194</v>
+        <v>178</v>
       </c>
       <c r="H44" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I44" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J44" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
-        <v>195</v>
+        <v>179</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>113</v>
+        <v>58</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="E45" s="8" t="s">
-        <v>196</v>
+      <c r="E45" s="11" t="s">
+        <v>180</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>181</v>
+      </c>
+      <c r="G45" s="13" t="s">
+        <v>182</v>
       </c>
       <c r="H45" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I45" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J45" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>23</v>
+        <v>107</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="E46" s="11" t="s">
-[...6 lines deleted...]
-        <v>202</v>
+      <c r="E46" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="F46" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="G46" s="16" t="s">
+        <v>186</v>
       </c>
       <c r="H46" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I46" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J46" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="E47" s="8" t="s">
-[...6 lines deleted...]
-        <v>206</v>
+      <c r="E47" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="F47" s="9" t="s">
+        <v>189</v>
+      </c>
+      <c r="G47" s="13" t="s">
+        <v>190</v>
       </c>
       <c r="H47" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I47" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J47" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
-        <v>207</v>
+        <v>191</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="E48" s="11" t="s">
-        <v>208</v>
+      <c r="E48" s="8" t="s">
+        <v>192</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>193</v>
+      </c>
+      <c r="G48" s="16" t="s">
+        <v>194</v>
       </c>
       <c r="H48" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I48" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J48" s="14" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="49" spans="1:11" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:11" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="10" t="s">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E49" s="11" t="s">
-        <v>212</v>
+        <v>196</v>
       </c>
       <c r="F49" s="8" t="s">
-        <v>213</v>
+        <v>197</v>
       </c>
       <c r="G49" s="13" t="s">
-        <v>214</v>
+        <v>198</v>
       </c>
       <c r="H49" s="14" t="s">
         <v>20</v>
       </c>
       <c r="I49" s="14" t="s">
         <v>21</v>
       </c>
       <c r="J49" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:11" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="10" t="s">
-        <v>215</v>
+        <v>199</v>
       </c>
       <c r="B50" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D50" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E50" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="F50" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="G50" s="13" t="s">
+        <v>202</v>
+      </c>
+      <c r="H50" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I50" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J50" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>203</v>
+      </c>
+      <c r="B51" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="C50" s="7" t="s">
+      <c r="C51" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D50" s="8"/>
-[...23 lines deleted...]
-      <c r="B51" s="1" t="s">
+      <c r="D51" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E51" s="11" t="s">
+        <v>204</v>
+      </c>
+      <c r="F51" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="G51" s="13" t="s">
+        <v>206</v>
+      </c>
+      <c r="H51" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I51" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="J51" s="16" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" s="12" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="B52" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C51" s="7" t="s">
+      <c r="C52" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="D51" s="7" t="s">
-[...5 lines deleted...]
-      <c r="F51" s="8" t="s">
+      <c r="D52" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="F52" s="8" t="s">
+        <v>209</v>
+      </c>
+      <c r="G52" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="H52" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I52" s="2"/>
+      <c r="J52" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="K52" s="7"/>
+    </row>
+    <row r="53" spans="1:11" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>222</v>
+      </c>
+      <c r="B53" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D53" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E53" s="8" t="s">
+        <v>223</v>
+      </c>
+      <c r="F53" s="8" t="s">
         <v>221</v>
       </c>
-      <c r="G51" s="15" t="s">
-[...9 lines deleted...]
-      <c r="K51" s="7"/>
+      <c r="G53" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="H53" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I53" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="J53" s="14" t="s">
+        <v>21</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="H5" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="I5" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="J5" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="H6" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="H7" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="I7" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="J7" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="G8" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="H8" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="I8" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="J8" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="H9" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="I9" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="J9" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="H10" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="G11" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="H11" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="I11" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="J11" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
-    <hyperlink ref="G12" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
-[...156 lines deleted...]
-    <hyperlink ref="J27" r:id="rId178" xr:uid="{E3C5F094-A393-4541-84B2-37314AAF3488}"/>
+    <hyperlink ref="H12" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
+    <hyperlink ref="I12" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="J12" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
+    <hyperlink ref="H13" r:id="rId24" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
+    <hyperlink ref="G14" r:id="rId25" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="H14" r:id="rId26" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
+    <hyperlink ref="I14" r:id="rId27" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
+    <hyperlink ref="J14" r:id="rId28" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="G15" r:id="rId29" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="H15" r:id="rId30" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="I15" r:id="rId31" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="J15" r:id="rId32" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="G17" r:id="rId33" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="H17" r:id="rId34" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="I17" r:id="rId35" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
+    <hyperlink ref="J17" r:id="rId36" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="G18" r:id="rId37" xr:uid="{00000000-0004-0000-0000-000024000000}"/>
+    <hyperlink ref="H18" r:id="rId38" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
+    <hyperlink ref="H19" r:id="rId39" xr:uid="{00000000-0004-0000-0000-000026000000}"/>
+    <hyperlink ref="G20" r:id="rId40" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
+    <hyperlink ref="H20" r:id="rId41" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="I20" r:id="rId42" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
+    <hyperlink ref="J20" r:id="rId43" xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
+    <hyperlink ref="H21" r:id="rId44" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
+    <hyperlink ref="I21" r:id="rId45" xr:uid="{00000000-0004-0000-0000-00002C000000}"/>
+    <hyperlink ref="J21" r:id="rId46" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
+    <hyperlink ref="G22" r:id="rId47" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
+    <hyperlink ref="H22" r:id="rId48" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
+    <hyperlink ref="I22" r:id="rId49" xr:uid="{00000000-0004-0000-0000-000030000000}"/>
+    <hyperlink ref="J22" r:id="rId50" xr:uid="{00000000-0004-0000-0000-000031000000}"/>
+    <hyperlink ref="H23" r:id="rId51" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="I23" r:id="rId52" xr:uid="{00000000-0004-0000-0000-000033000000}"/>
+    <hyperlink ref="J23" r:id="rId53" xr:uid="{00000000-0004-0000-0000-000034000000}"/>
+    <hyperlink ref="G24" r:id="rId54" xr:uid="{00000000-0004-0000-0000-000035000000}"/>
+    <hyperlink ref="H24" r:id="rId55" xr:uid="{00000000-0004-0000-0000-000036000000}"/>
+    <hyperlink ref="I24" r:id="rId56" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
+    <hyperlink ref="J24" r:id="rId57" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
+    <hyperlink ref="H25" r:id="rId58" xr:uid="{00000000-0004-0000-0000-000039000000}"/>
+    <hyperlink ref="I25" r:id="rId59" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
+    <hyperlink ref="J25" r:id="rId60" xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
+    <hyperlink ref="G26" r:id="rId61" xr:uid="{00000000-0004-0000-0000-00003C000000}"/>
+    <hyperlink ref="H26" r:id="rId62" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
+    <hyperlink ref="I26" r:id="rId63" xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
+    <hyperlink ref="J26" r:id="rId64" xr:uid="{00000000-0004-0000-0000-00003F000000}"/>
+    <hyperlink ref="H29" r:id="rId65" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
+    <hyperlink ref="I29" r:id="rId66" xr:uid="{00000000-0004-0000-0000-000041000000}"/>
+    <hyperlink ref="J29" r:id="rId67" xr:uid="{00000000-0004-0000-0000-000042000000}"/>
+    <hyperlink ref="G30" r:id="rId68" xr:uid="{00000000-0004-0000-0000-000043000000}"/>
+    <hyperlink ref="H30" r:id="rId69" xr:uid="{00000000-0004-0000-0000-000044000000}"/>
+    <hyperlink ref="I30" r:id="rId70" xr:uid="{00000000-0004-0000-0000-000045000000}"/>
+    <hyperlink ref="J30" r:id="rId71" xr:uid="{00000000-0004-0000-0000-000046000000}"/>
+    <hyperlink ref="G31" r:id="rId72" xr:uid="{00000000-0004-0000-0000-000047000000}"/>
+    <hyperlink ref="H31" r:id="rId73" xr:uid="{00000000-0004-0000-0000-000048000000}"/>
+    <hyperlink ref="I31" r:id="rId74" xr:uid="{00000000-0004-0000-0000-000049000000}"/>
+    <hyperlink ref="J31" r:id="rId75" xr:uid="{00000000-0004-0000-0000-00004A000000}"/>
+    <hyperlink ref="H32" r:id="rId76" xr:uid="{00000000-0004-0000-0000-00004B000000}"/>
+    <hyperlink ref="G33" r:id="rId77" xr:uid="{00000000-0004-0000-0000-00004C000000}"/>
+    <hyperlink ref="H33" r:id="rId78" xr:uid="{00000000-0004-0000-0000-00004D000000}"/>
+    <hyperlink ref="I33" r:id="rId79" xr:uid="{00000000-0004-0000-0000-00004E000000}"/>
+    <hyperlink ref="J33" r:id="rId80" xr:uid="{00000000-0004-0000-0000-00004F000000}"/>
+    <hyperlink ref="G34" r:id="rId81" xr:uid="{00000000-0004-0000-0000-000050000000}"/>
+    <hyperlink ref="H34" r:id="rId82" xr:uid="{00000000-0004-0000-0000-000051000000}"/>
+    <hyperlink ref="I34" r:id="rId83" xr:uid="{00000000-0004-0000-0000-000052000000}"/>
+    <hyperlink ref="J34" r:id="rId84" xr:uid="{00000000-0004-0000-0000-000053000000}"/>
+    <hyperlink ref="G35" r:id="rId85" xr:uid="{00000000-0004-0000-0000-000054000000}"/>
+    <hyperlink ref="H35" r:id="rId86" xr:uid="{00000000-0004-0000-0000-000055000000}"/>
+    <hyperlink ref="I35" r:id="rId87" xr:uid="{00000000-0004-0000-0000-000056000000}"/>
+    <hyperlink ref="J35" r:id="rId88" xr:uid="{00000000-0004-0000-0000-000057000000}"/>
+    <hyperlink ref="G36" r:id="rId89" xr:uid="{00000000-0004-0000-0000-000058000000}"/>
+    <hyperlink ref="H36" r:id="rId90" xr:uid="{00000000-0004-0000-0000-000059000000}"/>
+    <hyperlink ref="I36" r:id="rId91" xr:uid="{00000000-0004-0000-0000-00005A000000}"/>
+    <hyperlink ref="J36" r:id="rId92" xr:uid="{00000000-0004-0000-0000-00005B000000}"/>
+    <hyperlink ref="G37" r:id="rId93" xr:uid="{00000000-0004-0000-0000-00005C000000}"/>
+    <hyperlink ref="H37" r:id="rId94" xr:uid="{00000000-0004-0000-0000-00005D000000}"/>
+    <hyperlink ref="I37" r:id="rId95" xr:uid="{00000000-0004-0000-0000-00005E000000}"/>
+    <hyperlink ref="J37" r:id="rId96" xr:uid="{00000000-0004-0000-0000-00005F000000}"/>
+    <hyperlink ref="G38" r:id="rId97" xr:uid="{00000000-0004-0000-0000-000060000000}"/>
+    <hyperlink ref="H38" r:id="rId98" xr:uid="{00000000-0004-0000-0000-000061000000}"/>
+    <hyperlink ref="I38" r:id="rId99" xr:uid="{00000000-0004-0000-0000-000062000000}"/>
+    <hyperlink ref="J38" r:id="rId100" xr:uid="{00000000-0004-0000-0000-000063000000}"/>
+    <hyperlink ref="G40" r:id="rId101" xr:uid="{00000000-0004-0000-0000-000064000000}"/>
+    <hyperlink ref="H40" r:id="rId102" xr:uid="{00000000-0004-0000-0000-000065000000}"/>
+    <hyperlink ref="I40" r:id="rId103" xr:uid="{00000000-0004-0000-0000-000066000000}"/>
+    <hyperlink ref="J40" r:id="rId104" xr:uid="{00000000-0004-0000-0000-000067000000}"/>
+    <hyperlink ref="G41" r:id="rId105" xr:uid="{00000000-0004-0000-0000-000068000000}"/>
+    <hyperlink ref="I41" r:id="rId106" xr:uid="{00000000-0004-0000-0000-000069000000}"/>
+    <hyperlink ref="J41" r:id="rId107" xr:uid="{00000000-0004-0000-0000-00006A000000}"/>
+    <hyperlink ref="H42" r:id="rId108" xr:uid="{00000000-0004-0000-0000-00006B000000}"/>
+    <hyperlink ref="I42" r:id="rId109" xr:uid="{00000000-0004-0000-0000-00006C000000}"/>
+    <hyperlink ref="J42" r:id="rId110" xr:uid="{00000000-0004-0000-0000-00006D000000}"/>
+    <hyperlink ref="G43" r:id="rId111" xr:uid="{00000000-0004-0000-0000-00006E000000}"/>
+    <hyperlink ref="H43" r:id="rId112" xr:uid="{00000000-0004-0000-0000-00006F000000}"/>
+    <hyperlink ref="I43" r:id="rId113" xr:uid="{00000000-0004-0000-0000-000070000000}"/>
+    <hyperlink ref="J43" r:id="rId114" xr:uid="{00000000-0004-0000-0000-000071000000}"/>
+    <hyperlink ref="G44" r:id="rId115" xr:uid="{00000000-0004-0000-0000-000072000000}"/>
+    <hyperlink ref="H44" r:id="rId116" xr:uid="{00000000-0004-0000-0000-000073000000}"/>
+    <hyperlink ref="I44" r:id="rId117" xr:uid="{00000000-0004-0000-0000-000074000000}"/>
+    <hyperlink ref="J44" r:id="rId118" xr:uid="{00000000-0004-0000-0000-000075000000}"/>
+    <hyperlink ref="G45" r:id="rId119" xr:uid="{00000000-0004-0000-0000-000076000000}"/>
+    <hyperlink ref="H45" r:id="rId120" xr:uid="{00000000-0004-0000-0000-000077000000}"/>
+    <hyperlink ref="I45" r:id="rId121" xr:uid="{00000000-0004-0000-0000-000078000000}"/>
+    <hyperlink ref="J45" r:id="rId122" xr:uid="{00000000-0004-0000-0000-000079000000}"/>
+    <hyperlink ref="G46" r:id="rId123" xr:uid="{00000000-0004-0000-0000-00007A000000}"/>
+    <hyperlink ref="H46" r:id="rId124" xr:uid="{00000000-0004-0000-0000-00007B000000}"/>
+    <hyperlink ref="I46" r:id="rId125" xr:uid="{00000000-0004-0000-0000-00007C000000}"/>
+    <hyperlink ref="J46" r:id="rId126" xr:uid="{00000000-0004-0000-0000-00007D000000}"/>
+    <hyperlink ref="G47" r:id="rId127" xr:uid="{00000000-0004-0000-0000-00007E000000}"/>
+    <hyperlink ref="H47" r:id="rId128" xr:uid="{00000000-0004-0000-0000-00007F000000}"/>
+    <hyperlink ref="I47" r:id="rId129" xr:uid="{00000000-0004-0000-0000-000080000000}"/>
+    <hyperlink ref="J47" r:id="rId130" xr:uid="{00000000-0004-0000-0000-000081000000}"/>
+    <hyperlink ref="G48" r:id="rId131" xr:uid="{00000000-0004-0000-0000-000082000000}"/>
+    <hyperlink ref="H48" r:id="rId132" xr:uid="{00000000-0004-0000-0000-000083000000}"/>
+    <hyperlink ref="I48" r:id="rId133" xr:uid="{00000000-0004-0000-0000-000084000000}"/>
+    <hyperlink ref="J48" r:id="rId134" xr:uid="{00000000-0004-0000-0000-000085000000}"/>
+    <hyperlink ref="G49" r:id="rId135" xr:uid="{00000000-0004-0000-0000-000086000000}"/>
+    <hyperlink ref="H49" r:id="rId136" xr:uid="{00000000-0004-0000-0000-000087000000}"/>
+    <hyperlink ref="I49" r:id="rId137" xr:uid="{00000000-0004-0000-0000-000088000000}"/>
+    <hyperlink ref="J49" r:id="rId138" xr:uid="{00000000-0004-0000-0000-000089000000}"/>
+    <hyperlink ref="G50" r:id="rId139" xr:uid="{00000000-0004-0000-0000-00008A000000}"/>
+    <hyperlink ref="H50" r:id="rId140" xr:uid="{00000000-0004-0000-0000-00008B000000}"/>
+    <hyperlink ref="I50" r:id="rId141" xr:uid="{00000000-0004-0000-0000-00008C000000}"/>
+    <hyperlink ref="J50" r:id="rId142" xr:uid="{00000000-0004-0000-0000-00008D000000}"/>
+    <hyperlink ref="G51" r:id="rId143" xr:uid="{00000000-0004-0000-0000-00008E000000}"/>
+    <hyperlink ref="H51" r:id="rId144" xr:uid="{00000000-0004-0000-0000-00008F000000}"/>
+    <hyperlink ref="I51" r:id="rId145" xr:uid="{00000000-0004-0000-0000-000090000000}"/>
+    <hyperlink ref="J51" r:id="rId146" xr:uid="{00000000-0004-0000-0000-000091000000}"/>
+    <hyperlink ref="H52" r:id="rId147" xr:uid="{00000000-0004-0000-0000-000092000000}"/>
+    <hyperlink ref="G6" r:id="rId148" xr:uid="{00000000-0004-0000-0000-000093000000}"/>
+    <hyperlink ref="J6" r:id="rId149" xr:uid="{00000000-0004-0000-0000-000094000000}"/>
+    <hyperlink ref="I6" r:id="rId150" xr:uid="{00000000-0004-0000-0000-000095000000}"/>
+    <hyperlink ref="J10" r:id="rId151" xr:uid="{00000000-0004-0000-0000-000096000000}"/>
+    <hyperlink ref="I10" r:id="rId152" xr:uid="{00000000-0004-0000-0000-000097000000}"/>
+    <hyperlink ref="G10" r:id="rId153" xr:uid="{00000000-0004-0000-0000-000098000000}"/>
+    <hyperlink ref="G13" r:id="rId154" xr:uid="{00000000-0004-0000-0000-000099000000}"/>
+    <hyperlink ref="J13" r:id="rId155" xr:uid="{00000000-0004-0000-0000-00009A000000}"/>
+    <hyperlink ref="I13" r:id="rId156" xr:uid="{00000000-0004-0000-0000-00009B000000}"/>
+    <hyperlink ref="G39" r:id="rId157" xr:uid="{00000000-0004-0000-0000-00009C000000}"/>
+    <hyperlink ref="J52" r:id="rId158" xr:uid="{00000000-0004-0000-0000-00009D000000}"/>
+    <hyperlink ref="J18" r:id="rId159" xr:uid="{00000000-0004-0000-0000-00009E000000}"/>
+    <hyperlink ref="H41" r:id="rId160" xr:uid="{00000000-0004-0000-0000-00009F000000}"/>
+    <hyperlink ref="J19" r:id="rId161" xr:uid="{00000000-0004-0000-0000-0000A0000000}"/>
+    <hyperlink ref="I19" r:id="rId162" xr:uid="{00000000-0004-0000-0000-0000A1000000}"/>
+    <hyperlink ref="G19" r:id="rId163" xr:uid="{00000000-0004-0000-0000-0000A2000000}"/>
+    <hyperlink ref="I32" r:id="rId164" xr:uid="{00000000-0004-0000-0000-0000A3000000}"/>
+    <hyperlink ref="J32" r:id="rId165" xr:uid="{00000000-0004-0000-0000-0000A4000000}"/>
+    <hyperlink ref="G32" r:id="rId166" xr:uid="{00000000-0004-0000-0000-0000A5000000}"/>
+    <hyperlink ref="I18" r:id="rId167" xr:uid="{00000000-0004-0000-0000-0000A6000000}"/>
+    <hyperlink ref="H39" r:id="rId168" xr:uid="{00000000-0004-0000-0000-0000A7000000}"/>
+    <hyperlink ref="I39" r:id="rId169" xr:uid="{00000000-0004-0000-0000-0000A8000000}"/>
+    <hyperlink ref="J39" r:id="rId170" xr:uid="{00000000-0004-0000-0000-0000A9000000}"/>
+    <hyperlink ref="I4" r:id="rId171" xr:uid="{00000000-0004-0000-0000-0000AA000000}"/>
+    <hyperlink ref="J4" r:id="rId172" xr:uid="{00000000-0004-0000-0000-0000AB000000}"/>
+    <hyperlink ref="H4" r:id="rId173" xr:uid="{00000000-0004-0000-0000-0000AC000000}"/>
+    <hyperlink ref="G9" r:id="rId174" xr:uid="{00000000-0004-0000-0000-0000AD000000}"/>
+    <hyperlink ref="G12" r:id="rId175" xr:uid="{00000000-0004-0000-0000-0000AE000000}"/>
+    <hyperlink ref="G16" r:id="rId176" xr:uid="{00000000-0004-0000-0000-0000AF000000}"/>
+    <hyperlink ref="G25" r:id="rId177" xr:uid="{00000000-0004-0000-0000-0000B0000000}"/>
+    <hyperlink ref="G28" r:id="rId178" xr:uid="{00000000-0004-0000-0000-0000B1000000}"/>
+    <hyperlink ref="J28" r:id="rId179" xr:uid="{00000000-0004-0000-0000-0000B2000000}"/>
+    <hyperlink ref="G29" r:id="rId180" xr:uid="{00000000-0004-0000-0000-0000B3000000}"/>
+    <hyperlink ref="G53" r:id="rId181" xr:uid="{00000000-0004-0000-0000-0000B4000000}"/>
+    <hyperlink ref="I53" r:id="rId182" xr:uid="{00000000-0004-0000-0000-0000B5000000}"/>
+    <hyperlink ref="J53" r:id="rId183" xr:uid="{00000000-0004-0000-0000-0000B6000000}"/>
+    <hyperlink ref="H53" r:id="rId184" xr:uid="{00000000-0004-0000-0000-0000B7000000}"/>
+    <hyperlink ref="I28" r:id="rId185" xr:uid="{00000000-0004-0000-0000-0000B8000000}"/>
+    <hyperlink ref="H28" r:id="rId186" xr:uid="{00000000-0004-0000-0000-0000B9000000}"/>
+    <hyperlink ref="H16" r:id="rId187" xr:uid="{00000000-0004-0000-0000-0000BA000000}"/>
+    <hyperlink ref="I16" r:id="rId188" xr:uid="{00000000-0004-0000-0000-0000BB000000}"/>
+    <hyperlink ref="J16" r:id="rId189" xr:uid="{00000000-0004-0000-0000-0000BC000000}"/>
+    <hyperlink ref="K18" r:id="rId190" xr:uid="{487C9ECE-C366-4F22-8E44-2D2BAC1CA121}"/>
+    <hyperlink ref="K10" r:id="rId191" xr:uid="{D037558F-A3C2-4A04-86F8-D074FDC0E598}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0.31527777777777777" right="0.31527777777777777" top="0.35416666666666669" bottom="0.35416666666666669" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="50" firstPageNumber="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId179"/>
+  <pageSetup paperSize="9" scale="50" firstPageNumber="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId192"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>marzo 2025</vt:lpstr>
+      <vt:lpstr>NOVEMBRE 2025</vt:lpstr>
       <vt:lpstr>Foglio4</vt:lpstr>
-      <vt:lpstr>'marzo 2025'!Excel_BuiltIn_Print_Titles</vt:lpstr>
-      <vt:lpstr>'marzo 2025'!Titoli_stampa</vt:lpstr>
+      <vt:lpstr>'NOVEMBRE 2025'!Excel_BuiltIn_Print_Titles</vt:lpstr>
+      <vt:lpstr>'NOVEMBRE 2025'!Titoli_stampa</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>s.gardelli</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>12.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DocSecurity">
     <vt:i4>0</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="HyperlinksChanged">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LinksUpToDate">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ScaleCrop">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ShareDoc">