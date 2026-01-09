--- v0 (2025-11-04)
+++ v1 (2026-01-09)
@@ -8,93 +8,93 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\savin\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12210" tabRatio="500"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="500"/>
   </bookViews>
   <sheets>
     <sheet name="Collaboratori" sheetId="1" r:id="rId1"/>
     <sheet name="Cessati" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Cessati!$A$1:$N$3</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Collaboratori!$A$1:$M$10</definedName>
     <definedName name="Excel_BuiltIn_Print_Area" localSheetId="1">Cessati!$A$1:$N$3</definedName>
     <definedName name="Excel_BuiltIn_Print_Area" localSheetId="0">Collaboratori!$A$1:$M$10</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F2" i="2" l="1"/>
   <c r="F3" i="2"/>
   <c r="F6" i="2"/>
   <c r="F7" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="235" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="235" uniqueCount="123">
   <si>
     <t>n.</t>
   </si>
   <si>
     <t>Nominativo</t>
   </si>
   <si>
     <t>Progetto</t>
   </si>
   <si>
     <t xml:space="preserve">
 Oggetto incarico ex art. 7 comma 6 D.Lgs. 165/2001</t>
   </si>
   <si>
     <t>COMPENSO LORDO</t>
   </si>
   <si>
     <t>UO presso cui svolgere incarico</t>
   </si>
   <si>
     <t>Repertorio Contratto individuale di Lavoro</t>
   </si>
   <si>
     <t>Decorrenza contratto</t>
   </si>
@@ -109,179 +109,135 @@
     <t>CV</t>
   </si>
   <si>
     <t>ATTESTAZIONE
 ex art. 53 - comma 14
 D. Lgs. n. 165/2001</t>
   </si>
   <si>
     <t>DICHIARAZIONE
 ex art. 15 c. 1, lettera c) D.Lgs. n. 33/2013</t>
   </si>
   <si>
     <t>AUTORIELLO CHIARA</t>
   </si>
   <si>
     <t>Progetto AIMA
 Selezione codice “PROF-A”</t>
   </si>
   <si>
     <t>L’incarico di collaborazione  coordinata e continuativa ha  ad oggetto nell’ambito della Direzione Tecnica – UOC MOCE – UO MAIN  l’attuazione  delle attività/progetto “AIMA”  a supporto del personale ARPAC. Nello specifico il collaboratore espleterà le attività relative al monitoraggio biologico - d.lgs. 152/06 – delle acque interne, nell’ambito del Progetto “AIMA”.</t>
   </si>
   <si>
     <t>DT UOC MOCE</t>
   </si>
   <si>
-    <t>03/07/2023  23/07/2024</t>
-[...4 lines deleted...]
-  <si>
     <t>321/2023
 389/2024</t>
   </si>
   <si>
     <t>vedi allegato</t>
   </si>
   <si>
     <t>CARRABBA ANTONIO</t>
   </si>
   <si>
     <t xml:space="preserve">Progetto “Marine Strategy/FEAMP
 Selezione Codice “Prof-F”
 </t>
   </si>
   <si>
     <t>L’incarico di collaborazione  coordinata e continuativa ha  ad oggetto nell’ambito della Direzione Tecnica dell’ attuazione  delle attività/progetto “Marine Strategy/FEAMP”  a supporto del personale ARPAC. Nello specifico il collaboratore espleterà le attività relative alla gestione dei mezzi nautici di proprietà di ARPAC, comando in mare dei mezzi nautici di proprietà dell’ARPAC;  tenuta e rinnovo della documentazione di bordo e delle dotazioni di sicurezza; manutenzione dei mezzi nautici in mare e in secco presso i cantieri nautici; indagini di mercato propedeutiche all’approvvigionamento del materiale necessario alla manutenzione dei battelli; istruttoria alle proposte di deliberazione per l’approvvigionamento di materiale necessario alla manutenzione di tutti i mezzi nautici dell’ARPAC; gestione logistica degli ormeggi lungo l’intera costa campagna; movimentazione con i mezzi di bordo della strumentazione oceanografica durante le missioni in mare.</t>
   </si>
   <si>
     <t>DT UOC SOAC</t>
   </si>
   <si>
     <t>13/07/2023 13/07/2024</t>
   </si>
   <si>
-    <t>12/07/2024 12/07/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>378/2023
 380/2024</t>
   </si>
   <si>
     <t>DRAGONE FEDERICA</t>
   </si>
   <si>
     <t xml:space="preserve">Progetto “Marine Strategy/FEAMP
 Selezione Codice “Prof-C”
 </t>
   </si>
   <si>
     <t>L’incarico di collaborazione  coordinata e continuativa ha  ad oggetto nell’ambito del Dipartimento Provinciale di Napoli – Area Analitica – Laboratorio Regionale MARE - dell’ attuazione  delle attività/progetto “Marine Strategy/FEAMP”  a supporto del personale ARPAC.</t>
   </si>
   <si>
     <t>DIPNA - AA</t>
   </si>
   <si>
-    <t>161/2023
-[...8 lines deleted...]
-  <si>
     <t>431/2023
 512/2023
 455/2024</t>
   </si>
   <si>
     <t>MACRI 'SILVIA</t>
   </si>
   <si>
     <t xml:space="preserve">Progetto “Marine Strategy/FEAMP
 Selezione Codice “Prof-B”
 </t>
   </si>
   <si>
-    <t>160/2023
-[...8 lines deleted...]
-  <si>
     <t>350/2023
 433/2023
 443/2024</t>
   </si>
   <si>
     <t>MANUGUERRA FLAVIA</t>
   </si>
   <si>
-    <t>17/07/2023  17/07/2024</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">367/2023
 430/2023
 382/2024 </t>
   </si>
   <si>
     <t>MAZZARIELLO MICAELA</t>
   </si>
   <si>
-    <t>02/07/2024 22/07/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>321/2023
 411/2023
 389/2024</t>
   </si>
   <si>
     <t>PUTHOD PATRIZIA</t>
   </si>
   <si>
     <t xml:space="preserve">Progetto “Marine Strategy/FEAMP
 Selezione Codice “Prof-D”
 </t>
   </si>
   <si>
     <t>L’incarico di collaborazione  coordinata e continuativa ha  ad oggetto nell’ambito della Direzione Tecnica dell’ attuazione  delle attività/progetto “Marine Strategy/FEAMP”  a supporto del personale ARPAC. Nello specifico il collaboratore espleterà le attività relative alla realizzazione di campagne oceanografiche della durata anche di più giorni..</t>
-  </si>
-[...4 lines deleted...]
-    <t>27/07/2024  27/07/2025</t>
   </si>
   <si>
     <t>386/2023
 380/2024
 429/2023</t>
   </si>
   <si>
     <t>ROLLIN GIORGIO</t>
   </si>
   <si>
     <t>378/2023
 435/2023
 380/2024</t>
   </si>
   <si>
     <t>SIMEONE ANGELA</t>
   </si>
   <si>
     <t>321/2023
 409/2023
 389/2024</t>
   </si>
   <si>
     <t>MARINO FRANCESCA</t>
   </si>
@@ -456,79 +412,132 @@
   <si>
     <t>883/2022
 271/2023</t>
   </si>
   <si>
     <t>ROLANDI ROBERTO</t>
   </si>
   <si>
     <t>69/2024  93/2023</t>
   </si>
   <si>
     <t>883/2022
 271/2024</t>
   </si>
   <si>
     <t>NEGRI CERCIELLO CARMINE</t>
   </si>
   <si>
     <t>68/2024      129/2023</t>
   </si>
   <si>
     <t>883/2022
 271/2025</t>
   </si>
   <si>
-    <t xml:space="preserve"> </t>
-[...1 lines deleted...]
-  <si>
     <t>137/2023 
 87/2024 127/2025</t>
   </si>
   <si>
     <t>141/2023
 83/2024 121/2025</t>
   </si>
   <si>
     <t>143/2023
 86/2024 124/2025</t>
   </si>
   <si>
     <t>139/2023
 88/2024 126/2025</t>
   </si>
   <si>
     <t>155/2023
 90/2024 122/2025</t>
   </si>
   <si>
     <t>140/2023
 84/2024 123/2025</t>
   </si>
   <si>
     <t>138/2023
 89/2024 125/2025</t>
+  </si>
+  <si>
+    <t>03/07/2023  23/07/2024 22/07/2025</t>
+  </si>
+  <si>
+    <t>02/07/2024   22/07/2025 21/07/2026</t>
+  </si>
+  <si>
+    <t>12/07/2024 13/07/2026</t>
+  </si>
+  <si>
+    <t>11/09/2023  17/09/2024 1/10/2025</t>
+  </si>
+  <si>
+    <t>10/09/2024  16/09/2025 30/09/2026</t>
+  </si>
+  <si>
+    <t>161/2023 
+94/2024 135/2025</t>
+  </si>
+  <si>
+    <t>160/2023  
+95/2024 136/2025</t>
+  </si>
+  <si>
+    <t>04/09/2023  11/09/2024 1/10/2025</t>
+  </si>
+  <si>
+    <t>03/09/2024  10/09/2025 30/09/2026</t>
+  </si>
+  <si>
+    <t>17/07/2023  17/07/2024 17/07/2025</t>
+  </si>
+  <si>
+    <t>16/07/2024  16/07/2025 16/07/2026</t>
+  </si>
+  <si>
+    <t>02/07/2024 22/07/2025 21/07/2026</t>
+  </si>
+  <si>
+    <t>28/07/2023  28/07/2024 28/07/2025</t>
+  </si>
+  <si>
+    <t>27/07/2024  27/07/2026</t>
+  </si>
+  <si>
+    <t>13/07/2023 13/07/2024 14/07/2025</t>
+  </si>
+  <si>
+    <t>12/07/2024 12/07/2025 13/07/2026</t>
+  </si>
+  <si>
+    <t>02/07/2024 22/07/2025 21/0772026</t>
+  </si>
+  <si>
+    <t>28/02/2025 13/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00\ [$€-409];[Red]\-#,##0.00\ [$€-409]"/>
     <numFmt numFmtId="165" formatCode="[$€-409]\ #,##0.00"/>
   </numFmts>
   <fonts count="33">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri1"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="9"/>
       <name val="Calibri1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
@@ -890,51 +899,51 @@
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="8" borderId="4" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="8" borderId="1" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="31" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="20" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="18" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -956,50 +965,56 @@
     <xf numFmtId="49" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="27" fillId="0" borderId="0" xfId="15" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="30" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="32" fillId="0" borderId="0" xfId="77" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="77" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="32" fillId="0" borderId="0" xfId="77" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="78">
     <cellStyle name="Accent 1 1" xfId="1"/>
     <cellStyle name="Accent 2 1" xfId="2"/>
     <cellStyle name="Accent 3 1" xfId="3"/>
     <cellStyle name="Accent 4" xfId="4"/>
     <cellStyle name="Bad 1" xfId="5"/>
     <cellStyle name="cf1" xfId="6"/>
     <cellStyle name="cf2" xfId="7"/>
     <cellStyle name="Collegamento ipertestuale" xfId="77" builtinId="8"/>
     <cellStyle name="Collegamento ipertestuale 2" xfId="8"/>
     <cellStyle name="Error 1" xfId="9"/>
     <cellStyle name="Footnote 1" xfId="10"/>
     <cellStyle name="Good 1" xfId="11"/>
     <cellStyle name="Heading 1 1" xfId="12"/>
     <cellStyle name="Heading 2 1" xfId="13"/>
     <cellStyle name="Heading 3" xfId="14"/>
     <cellStyle name="Hyperlink 1" xfId="15"/>
     <cellStyle name="Neutral 1" xfId="16"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale 10 2" xfId="17"/>
     <cellStyle name="Normale 10 3" xfId="18"/>
     <cellStyle name="Normale 11 2" xfId="19"/>
@@ -1403,65 +1418,65 @@
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_MANUGUERRA.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_%20MAZZARIELLO_art.15" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_%20SIMEONE_art.53.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+SOSTITUTIVA+ART+15+ACAMPORA.pdf/5a1171a5-12cf-3ed0-5ec0-342e79238ec6?t=1748431653490" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/puthod+dichiarazoni.pdf/542003f1-f4be-7943-2342-bd79e9bf1fcf?t=1727687859885" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+ART+53+finizio.pdf/b96688c3-6fad-0469-8081-db61e42df830?t=1748431653400" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/44_2025+cococo+ACAMPORA+A.pdf/3ceb9fbb-5b56-0040-183a-18114e0e11de?t=1748434159677" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Autoriello+contrato.pdf/bca9e061-11a4-6c58-8e0a-88921a4216df?t=1757935101620" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Mazzariello_contratto.pdf/e6b1dffa-ccad-0c84-7886-f24e79a9ac67?t=1757935107621" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/dragone+53+nerettato.pdf/fc20daaa-be03-a86b-25a1-f1ec3fdf90d6?t=1730710946297" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/AUTORIELLO_dich%20art.53.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_MAZZARIELLO" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_MARINO" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/macri+15+nerettato.pdf/f0d7749c-8109-690c-31c8-010839d1c9b0?t=1730710946531" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_Rollin_art.%2015.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\..\..\..\..\..\..\..\..\..\..\..\Downloads\Progetto%20AIMA%20Selezione%20codice%20&#8220;PROF-C&#8221;%20L&#8217;incarico%20di%20collaborazione%20%20coordinata%20e%20continuativa%20ha%20%20ad%20oggetto%20nell&#8217;ambito%20del%20Dipartimento%20Provinciale%20di%20Caserta%20%20l&#8217;attuazione%20%20delle%20attivit&#224;\progetto%20&#8220;AIMA&#8221;%20%20a%20supporto%20del%20personale%20ARPAC.%20Nel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/ACAMPORA+AMALIA+CV.pdf/aff306c4-6d50-31f0-555a-cbdf14a58a99?t=1716203754014" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+SOSTITUTIVA+ART+15+RICCARDI.pdf/b629fe55-7210-c682-24f6-8884aac8e731?t=1748431653748" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/ATTESTAZIONE+DI+AVVENUTA+VERIFICA+DI+INSUSSISTENZA+ART+53+RICCARDI+G.pdf/ab86aab9-5a99-b276-e463-c204c9df6565?t=1748431652685" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Simeone_contratto.pdf/cefa7c9b-58a0-405f-3694-56dfc9094a78?t=1757935151639" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Carrabba%20dich.%20art.%2053.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/macri+53+nerettato.pdf/e303dccc-719f-05ac-2e3e-65af750c5249?t=1730710946789" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_PUTHOD" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+SOSTITUTIVA+ART+15+MARINO.pdf/09dcb876-1bc9-1a08-6ecd-a294f26bd08a?t=1748431653612" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CONTRATTO+46_2025+col.pro+MARINO+F_.pdf/49991502-39c5-ed1e-a6aa-0e80a1a15ec0?t=1748434659458" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Rollin_contratto.pdf/09d6754c-0d36-8ca9-f1d0-a48fd13682f2?t=1757935132811" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_CARRABBA.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_MACRI'.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_MANUGUERRA%20art.%2053.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_%20ROLLIN.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_%20SIMEONE_art.15.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/ATTESTAZIONE+DI+AVVENUTA+VERIFICA+INSUSSISTENZA+ART+53+MARINO.pdf/e19956bd-d248-b8b1-0a06-95836045d0ed?t=1748431652837" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+ART+15+finizio.pdf/80233cd2-2b5d-26da-3ebd-5202b6e87cb2?t=1748431653308" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/25_2025+CoCoPro+RICCARDI+G.pdf/439b462a-d524-443b-1040-031e397c99f9?t=1748431651367" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Carrabba_contratto.pdf/93903fb4-e6f0-3b6e-b1db-6735679a3dd9?t=1757935103049" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/dragone+15+nerettato.pdf/9f968cb0-92e4-1aab-f9ae-c7b42cba22d7?t=1730710946059" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Puthod_contratto.pdf/ecb694a1-c330-35c1-7f74-02b34dfa3861?t=1757935131007" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/AUTORIELLO_dich+art.15.pdf/53ec7c97-4e17-89ba-fc12-a08a53999746?t=1757935835060" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Deliberazione_n_367_2023+e+430_2023.pdf/3b490fd6-a164-868c-66de-ee5a80598005?t=1716212917747" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_%20MAZZARIELLO_art.53.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_SIEMONE.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Finizio+Nadia+CV_.pdf/c128a41d-4cfd-dfd9-7d92-4c2982535c56?t=1716204732630" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/ATTESTAZIONE+DI+AVVENUTA+VERIFICA+DI+INSUSSISTENZA+ART+53+ACAMPORA.pdf/2c72ee14-cca8-91b5-af0c-5201396df7d6?t=1748431652559" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CURRICULUM+RICCARDI+GELSOMINA.pdf/e8acb52e-a6e3-86a4-951c-da57a4f2ea8e?t=1748431653160" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Puthod_attestazione.pdf/c78e676c-d60a-e8fe-2fe5-d19fe43649ed?t=1757936647004" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/45_2025+cococo+FINIZIO+N.pdf/5b2d9408-702d-b032-ee98-a2714ca7bb6e?t=1748432741994" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_AUTORIELLO.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Carrabba%20dich.%20art.%2015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_MANUGUERRA%20art%2015" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_Rollin_art.%2053.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Deliberazione_n_757_del_28_12_2023.pdf/5c438bca-a115-d87d-7ac0-c1d7b99406ee?t=1716207225102" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Deliberazione_n_87_del_19_02_2024.pdf/ff70d372-174a-df45-2809-67c436235cfc?t=1716207224603" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Manuguerra_contratto.pdf/49394784-2346-3241-8af6-0972d9baf327?t=1757935104638" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_MANUGUERRA.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_%20MAZZARIELLO_art.15" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_%20SIMEONE_art.53.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+SOSTITUTIVA+ART+15+ACAMPORA.pdf/5a1171a5-12cf-3ed0-5ec0-342e79238ec6?t=1748431653490" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/puthod+dichiarazoni.pdf/542003f1-f4be-7943-2342-bd79e9bf1fcf?t=1727687859885" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+ART+53+finizio.pdf/b96688c3-6fad-0469-8081-db61e42df830?t=1748431653400" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/44_2025+cococo+ACAMPORA+A.pdf/3ceb9fbb-5b56-0040-183a-18114e0e11de?t=1748434159677" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Autoriello+contrato.pdf/bca9e061-11a4-6c58-8e0a-88921a4216df?t=1757935101620" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Mazzariello_contratto.pdf/e6b1dffa-ccad-0c84-7886-f24e79a9ac67?t=1757935107621" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Contratto+Dragone.pdf/b8412759-e89f-8373-418e-3b8e8ce376b3?t=1763554852188" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Attestazione+Dragone.pdf/db72579b-e381-1e2a-d53a-b91598aa06a9?t=1763554849710" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/AUTORIELLO_dich%20art.53.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_MAZZARIELLO" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_MARINO" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dichiarazione+art.+15_Macri.pdf/18e030eb-02cb-6bd8-4376-329c97c3eacc?t=1763554854322" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_Rollin_art.%2015.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\..\..\..\..\..\..\..\..\..\..\..\Downloads\Progetto%20AIMA%20Selezione%20codice%20&#8220;PROF-C&#8221;%20L&#8217;incarico%20di%20collaborazione%20%20coordinata%20e%20continuativa%20ha%20%20ad%20oggetto%20nell&#8217;ambito%20del%20Dipartimento%20Provinciale%20di%20Caserta%20%20l&#8217;attuazione%20%20delle%20attivit&#224;\progetto%20&#8220;AIMA&#8221;%20%20a%20supporto%20del%20personale%20ARPAC.%20Nel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/ACAMPORA+AMALIA+CV.pdf/aff306c4-6d50-31f0-555a-cbdf14a58a99?t=1716203754014" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+SOSTITUTIVA+ART+15+RICCARDI.pdf/b629fe55-7210-c682-24f6-8884aac8e731?t=1748431653748" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/ATTESTAZIONE+DI+AVVENUTA+VERIFICA+DI+INSUSSISTENZA+ART+53+RICCARDI+G.pdf/ab86aab9-5a99-b276-e463-c204c9df6565?t=1748431652685" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Simeone_contratto.pdf/cefa7c9b-58a0-405f-3694-56dfc9094a78?t=1757935151639" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Carrabba%20dich.%20art.%2053.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Attestazione+Macri.pdf/404ddec2-2a25-6b9c-46de-5f56c630433a?t=1763554850732" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_PUTHOD" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+SOSTITUTIVA+ART+15+MARINO.pdf/09dcb876-1bc9-1a08-6ecd-a294f26bd08a?t=1748431653612" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CONTRATTO+46_2025+col.pro+MARINO+F_.pdf/49991502-39c5-ed1e-a6aa-0e80a1a15ec0?t=1748434659458" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Rollin_contratto.pdf/09d6754c-0d36-8ca9-f1d0-a48fd13682f2?t=1757935132811" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_CARRABBA.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_MACRI'.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_MANUGUERRA%20art.%2053.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_%20ROLLIN.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_%20SIMEONE_art.15.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/ATTESTAZIONE+DI+AVVENUTA+VERIFICA+INSUSSISTENZA+ART+53+MARINO.pdf/e19956bd-d248-b8b1-0a06-95836045d0ed?t=1748431652837" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DICHIARAZIONE+ART+15+finizio.pdf/80233cd2-2b5d-26da-3ebd-5202b6e87cb2?t=1748431653308" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/25_2025+CoCoPro+RICCARDI+G.pdf/439b462a-d524-443b-1040-031e397c99f9?t=1748431651367" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Carrabba_contratto.pdf/93903fb4-e6f0-3b6e-b1db-6735679a3dd9?t=1757935103049" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Dichiarazione+art.+15_Dragone.pdf/f0f92ebf-64e2-80fc-7c71-08420a2e84cf?t=1763554853802" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Puthod_contratto.pdf/ecb694a1-c330-35c1-7f74-02b34dfa3861?t=1757935131007" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/AUTORIELLO_dich+art.15.pdf/53ec7c97-4e17-89ba-fc12-a08a53999746?t=1757935835060" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Deliberazione_n_367_2023+e+430_2023.pdf/3b490fd6-a164-868c-66de-ee5a80598005?t=1716212917747" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_%20MAZZARIELLO_art.53.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_SIEMONE.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Finizio+Nadia+CV_.pdf/c128a41d-4cfd-dfd9-7d92-4c2982535c56?t=1716204732630" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/ATTESTAZIONE+DI+AVVENUTA+VERIFICA+DI+INSUSSISTENZA+ART+53+ACAMPORA.pdf/2c72ee14-cca8-91b5-af0c-5201396df7d6?t=1748431652559" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/CURRICULUM+RICCARDI+GELSOMINA.pdf/e8acb52e-a6e3-86a4-951c-da57a4f2ea8e?t=1748431653160" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Puthod_attestazione.pdf/c78e676c-d60a-e8fe-2fe5-d19fe43649ed?t=1757936647004" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/45_2025+cococo+FINIZIO+N.pdf/5b2d9408-702d-b032-ee98-a2714ca7bb6e?t=1748432741994" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Contratto+Macri.pdf/ba9ac265-822c-6f60-67ca-9eee07edb6c6?t=1763554852916" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_AUTORIELLO.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Carrabba%20dich.%20art.%2015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_MANUGUERRA%20art%2015" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/DichSost_Rollin_art.%2053.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Deliberazione_n_757_del_28_12_2023.pdf/5c438bca-a115-d87d-7ac0-c1d7b99406ee?t=1716207225102" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Deliberazione_n_87_del_19_02_2024.pdf/ff70d372-174a-df45-2809-67c436235cfc?t=1716207224603" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Manuguerra_contratto.pdf/49394784-2346-3241-8af6-0972d9baf327?t=1757935104638" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/LO+RUSSO+dichiarazione.pdf/ad0b0d85-3b22-46fa-bbfd-a3528df4127a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Deliberazione_n_883_2022+e+271_2023.pdf/8a0db55b-ed41-46d3-b71c-96f29b2d3141?t=1716212920155" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Deliberazione_n_883_2022+e+271_2023.pdf/8a0db55b-ed41-46d3-b71c-96f29b2d3141?t=1716212920155" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/CESARE+CAIAZZO+attestazione.pdf/08a8079c-5369-40c0-b4d2-78f60b5637e3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/ROLANDI+Roberto+dichiarazione.pdf/d1abd386-1aa5-490a-aa65-857869cf61a7" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/LO+RUSSO+ELIO+attestazione.pdf/3b576803-fabe-44a7-927c-d9ce4dc5f9bb" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/de+feo+atto+agg+rep+129+23.pdf/58508a13-ab06-7129-d933-db73429d9820?t=1716456275243" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/rolandi+atto+agg+rep+43+23.pdf/5ee811b9-b0a0-da54-57c6-66e45ddd5137?t=1716456278593" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/NEGRI+CERCIELLO+Carmine+dichiarazione.pdf/8da3d78d-9fcd-4965-99a9-63b653442187" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/CAIAZZO+CV.pdf/d3a17e24-7415-4f67-8da9-efba325ba22b" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/DE+FEO+dichiarazione.pdf/a03b8c77-9507-4b93-ab7f-0236d884da89" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/ROLANDI+Roberto+attestazione.pdf/824d22b8-b688-4341-b0cd-dcce98311342" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Deliberazione_n_883_del_27_12_2022.pdf/9ad8c941-9f38-7552-bbac-35b587311e52?t=1716212921192" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/LO+RUSSO+CV.pdf/bee373a1-7fdb-4412-865d-b1e1d1c5ed09" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Curriculum_IANNACCONE.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/NEGRI+CERCIELLO+Carmine+attestazione.pdf/6a02b517-3b84-40f6-9674-6b6ad9f8c02f" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Deliberazione_n_883_del_27_12_2022.pdf/9ad8c941-9f38-7552-bbac-35b587311e52?t=1716212921192" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/DE+FEO+GIANMARCO+attestazione.pdf/9cea4571-5fb9-427e-8599-7262d7791bca" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/NEGRI+CERCIELLO+Carmine+CV+maggio+2021.pdf/630a220c-99f4-4e31-b5f4-423aac8af0c3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/Deliberazione_n_350_2023+e+436_2013.pdf/a63fdae6-d5ad-c2d9-7cc0-6b2c58520509?t=1716212917454" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/Roberto+Rolandi+-+nuovo.pdf/4a685a90-ef21-4cad-a660-b6656f4d732f" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/CAIAZZO+dichiarazione.pdf/f4993d25-d0fd-4f88-b39c-4fd5d0bbac5c" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/iannaccone+rep+142+23.pdf/a982aca3-bcd1-1b22-f089-adff0e4e38f0?t=1716456276319" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/65002/DE+FEO+CV.pdf/aaaad5e8-6c3b-4a0d-962a-4f423838a994" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpacampania.it/documents/20182/483162/negri+cerciello+atto+agg+rep+129+23.pdf/4dc390a0-a259-d1e4-3243-416994075c84?t=1716456277858" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:IU65532"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
       <selection activeCell="A3" sqref="A3"/>
-      <selection pane="topRight" activeCell="G10" sqref="G10"/>
+      <selection pane="topRight" activeCell="M4" sqref="M4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="4.625" defaultRowHeight="24.95" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="4.625" style="1"/>
     <col min="2" max="2" width="18.125" style="2" customWidth="1"/>
     <col min="3" max="3" width="40.625" style="3" customWidth="1"/>
     <col min="4" max="4" width="77.625" style="3" customWidth="1"/>
     <col min="5" max="5" width="16.875" style="3" customWidth="1"/>
     <col min="6" max="6" width="14.25" style="4" customWidth="1"/>
     <col min="7" max="7" width="10.75" style="4" customWidth="1"/>
     <col min="8" max="8" width="10.125" style="4" customWidth="1"/>
     <col min="9" max="9" width="9.25" style="4" customWidth="1"/>
     <col min="10" max="10" width="10.375" style="4" customWidth="1"/>
     <col min="11" max="11" width="11.25" style="4" customWidth="1"/>
     <col min="12" max="12" width="14.625" style="4" customWidth="1"/>
     <col min="13" max="13" width="15" style="4" customWidth="1"/>
     <col min="14" max="16384" width="4.625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:255" s="8" customFormat="1" ht="72" customHeight="1">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6" t="s">
@@ -1510,561 +1525,561 @@
       <c r="IR1" s="3"/>
       <c r="IS1" s="3"/>
       <c r="IT1" s="3"/>
       <c r="IU1" s="3"/>
     </row>
     <row r="2" spans="1:255" ht="76.5" customHeight="1">
       <c r="A2" s="9">
         <v>4</v>
       </c>
       <c r="B2" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="11" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="13">
         <v>29274</v>
       </c>
       <c r="F2" s="14" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="22" t="s">
-        <v>113</v>
+        <v>98</v>
       </c>
       <c r="H2" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="I2" s="14" t="s">
+        <v>106</v>
+      </c>
+      <c r="J2" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K2" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L2" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M2" s="22" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:255" ht="90" customHeight="1">
       <c r="A3" s="9">
         <v>5</v>
       </c>
       <c r="B3" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" s="12" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E3" s="13">
         <v>29274</v>
       </c>
       <c r="F3" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="G3" s="22" t="s">
+        <v>99</v>
+      </c>
+      <c r="H3" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="J3" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="G3" s="22" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K3" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L3" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M3" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:255" ht="42.75" customHeight="1">
       <c r="A4" s="9">
         <v>6</v>
       </c>
       <c r="B4" s="10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C4" s="11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D4" s="12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E4" s="13">
         <v>29274</v>
       </c>
       <c r="F4" s="14" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>28</v>
+      </c>
+      <c r="G4" s="24" t="s">
+        <v>110</v>
       </c>
       <c r="H4" s="14" t="s">
-        <v>33</v>
+        <v>108</v>
       </c>
       <c r="I4" s="14" t="s">
-        <v>34</v>
+        <v>109</v>
       </c>
       <c r="J4" s="15" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="K4" s="15" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>18</v>
+      </c>
+      <c r="L4" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="M4" s="22" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:255" ht="42.75" customHeight="1">
       <c r="A5" s="9">
         <v>8</v>
       </c>
       <c r="B5" s="10" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="C5" s="11" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D5" s="12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E5" s="13">
         <v>29274</v>
       </c>
       <c r="F5" s="14" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>28</v>
+      </c>
+      <c r="G5" s="23" t="s">
+        <v>111</v>
       </c>
       <c r="H5" s="14" t="s">
-        <v>39</v>
+        <v>112</v>
       </c>
       <c r="I5" s="14" t="s">
-        <v>40</v>
+        <v>113</v>
       </c>
       <c r="J5" s="15" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="K5" s="15" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>18</v>
+      </c>
+      <c r="L5" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="M5" s="22" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:255" ht="68.099999999999994" customHeight="1">
       <c r="A6" s="9">
         <v>9</v>
       </c>
       <c r="B6" s="10" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="C6" s="11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D6" s="12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E6" s="13">
         <v>29274</v>
       </c>
       <c r="F6" s="14" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G6" s="22" t="s">
+        <v>100</v>
+      </c>
+      <c r="H6" s="14" t="s">
+        <v>114</v>
+      </c>
+      <c r="I6" s="14" t="s">
         <v>115</v>
       </c>
-      <c r="H6" s="14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J6" s="15" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="K6" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L6" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M6" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:255" ht="68.099999999999994" customHeight="1">
       <c r="A7" s="9">
         <v>10</v>
       </c>
       <c r="B7" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="C7" s="11" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="13">
         <v>29274</v>
       </c>
       <c r="F7" s="14" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="22" t="s">
+        <v>101</v>
+      </c>
+      <c r="H7" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="I7" s="14" t="s">
         <v>116</v>
       </c>
-      <c r="H7" s="14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J7" s="15" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="K7" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L7" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M7" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:255" ht="42.75" customHeight="1">
       <c r="A8" s="9">
         <v>11</v>
       </c>
       <c r="B8" s="10" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="C8" s="11" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="D8" s="12" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="E8" s="13">
         <v>29274</v>
       </c>
       <c r="F8" s="14" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="G8" s="22" t="s">
+        <v>102</v>
+      </c>
+      <c r="H8" s="14" t="s">
         <v>117</v>
       </c>
-      <c r="H8" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I8" s="14" t="s">
-        <v>53</v>
+        <v>118</v>
       </c>
       <c r="J8" s="15" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="K8" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L8" s="22" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M8" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:255" ht="90" customHeight="1">
       <c r="A9" s="9">
         <v>12</v>
       </c>
       <c r="B9" s="10" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="C9" s="11" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D9" s="12" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E9" s="13">
         <v>29274</v>
       </c>
       <c r="F9" s="14" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="G9" s="22" t="s">
-        <v>118</v>
+        <v>103</v>
       </c>
       <c r="H9" s="14" t="s">
-        <v>25</v>
+        <v>119</v>
       </c>
       <c r="I9" s="14" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
       <c r="J9" s="15" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="K9" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L9" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M9" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:255" ht="54.75" customHeight="1">
       <c r="A10" s="9">
         <v>13</v>
       </c>
       <c r="B10" s="10" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="C10" s="11" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="13">
         <v>29274</v>
       </c>
       <c r="F10" s="14" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="22" t="s">
-        <v>119</v>
+        <v>104</v>
       </c>
       <c r="H10" s="14" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="I10" s="14" t="s">
-        <v>47</v>
+        <v>121</v>
       </c>
       <c r="J10" s="15" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="K10" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L10" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M10" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:255" ht="54" customHeight="1">
       <c r="A11" s="9">
         <v>14</v>
       </c>
       <c r="B11" s="19" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="C11" s="11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D11" s="12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E11" s="13">
         <v>29274</v>
       </c>
       <c r="F11" s="14" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="22" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="H11" s="14" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="I11" s="14" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="J11" s="15" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="K11" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L11" s="22" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M11" s="22" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:255" ht="54" customHeight="1">
       <c r="A12" s="9">
         <v>15</v>
       </c>
       <c r="B12" s="19" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="C12" s="11" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="D12" s="20" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="E12" s="21" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="F12" s="4" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="G12" s="15" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="H12" s="4" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="I12" s="4" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="J12" s="15" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="K12" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L12" s="22" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M12" s="22" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:255" ht="43.5" customHeight="1">
       <c r="A13" s="9">
         <v>16</v>
       </c>
       <c r="B13" s="19" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="C13" s="11" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="D13" s="20" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="E13" s="21" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="F13" s="4" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="G13" s="15" t="s">
-        <v>75</v>
+        <v>61</v>
       </c>
       <c r="H13" s="4" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="I13" s="4" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="J13" s="15" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="K13" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L13" s="22" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M13" s="22" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:255" ht="45">
       <c r="A14" s="9">
         <v>18</v>
       </c>
       <c r="B14" s="19" t="s">
-        <v>77</v>
+        <v>63</v>
       </c>
       <c r="C14" s="11" t="s">
-        <v>78</v>
+        <v>64</v>
       </c>
       <c r="D14" s="12" t="s">
-        <v>79</v>
+        <v>65</v>
       </c>
       <c r="E14" s="21">
         <v>25063.71</v>
       </c>
       <c r="F14" s="4" t="s">
-        <v>80</v>
+        <v>66</v>
       </c>
       <c r="G14" s="15" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="H14" s="14" t="s">
-        <v>82</v>
+        <v>68</v>
       </c>
       <c r="I14" s="14" t="s">
-        <v>83</v>
+        <v>69</v>
       </c>
       <c r="J14" s="15" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="K14" s="22" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L14" s="22" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M14" s="22" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:255" ht="24.95" customHeight="1">
       <c r="A15" s="9"/>
     </row>
     <row r="16" spans="1:255" ht="24.95" customHeight="1">
       <c r="A16" s="9"/>
     </row>
     <row r="17" spans="1:1" ht="24.95" customHeight="1">
       <c r="A17" s="9"/>
     </row>
     <row r="65530" ht="12.75" customHeight="1"/>
     <row r="65531" ht="12.75" customHeight="1"/>
     <row r="65532" ht="12.75" customHeight="1"/>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <hyperlinks>
     <hyperlink ref="K2" r:id="rId1"/>
     <hyperlink ref="L2" r:id="rId2"/>
     <hyperlink ref="M2" r:id="rId3"/>
     <hyperlink ref="K3" r:id="rId4"/>
     <hyperlink ref="L3" r:id="rId5"/>
     <hyperlink ref="M3" r:id="rId6"/>
     <hyperlink ref="L4" r:id="rId7"/>
     <hyperlink ref="M4" r:id="rId8"/>
@@ -2091,53 +2106,55 @@
     <hyperlink ref="K11" r:id="rId29"/>
     <hyperlink ref="L11" r:id="rId30"/>
     <hyperlink ref="M11" r:id="rId31"/>
     <hyperlink ref="J12" r:id="rId32" display="57/2024"/>
     <hyperlink ref="K12" r:id="rId33"/>
     <hyperlink ref="L12" r:id="rId34"/>
     <hyperlink ref="M12" r:id="rId35"/>
     <hyperlink ref="J13" r:id="rId36" display="87/2024"/>
     <hyperlink ref="K13" r:id="rId37"/>
     <hyperlink ref="L13" r:id="rId38"/>
     <hyperlink ref="M13" r:id="rId39"/>
     <hyperlink ref="M14" r:id="rId40"/>
     <hyperlink ref="G12" r:id="rId41" display="https://www.arpacampania.it/documents/20182/483162/45_2025+cococo+FINIZIO+N.pdf/5b2d9408-702d-b032-ee98-a2714ca7bb6e?t=1748432741994"/>
     <hyperlink ref="G13" r:id="rId42" display="https://www.arpacampania.it/documents/20182/483162/44_2025+cococo+ACAMPORA+A.pdf/3ceb9fbb-5b56-0040-183a-18114e0e11de?t=1748434159677"/>
     <hyperlink ref="G14" r:id="rId43"/>
     <hyperlink ref="G11" r:id="rId44" display="https://www.arpacampania.it/documents/20182/483162/CONTRATTO+46_2025+col.pro+MARINO+F_.pdf/49991502-39c5-ed1e-a6aa-0e80a1a15ec0?t=1748434659458"/>
     <hyperlink ref="L14" r:id="rId45"/>
     <hyperlink ref="K14" r:id="rId46"/>
     <hyperlink ref="G2" r:id="rId47" display="https://www.arpacampania.it/documents/20182/483162/Autoriello+contrato.pdf/bca9e061-11a4-6c58-8e0a-88921a4216df?t=1757935101620"/>
     <hyperlink ref="G3" r:id="rId48" display="https://www.arpacampania.it/documents/20182/483162/Carrabba_contratto.pdf/93903fb4-e6f0-3b6e-b1db-6735679a3dd9?t=1757935103049"/>
     <hyperlink ref="G6" r:id="rId49" display="https://www.arpacampania.it/documents/20182/483162/Manuguerra_contratto.pdf/49394784-2346-3241-8af6-0972d9baf327?t=1757935104638"/>
     <hyperlink ref="G7" r:id="rId50" display="https://www.arpacampania.it/documents/20182/483162/Mazzariello_contratto.pdf/e6b1dffa-ccad-0c84-7886-f24e79a9ac67?t=1757935107621"/>
     <hyperlink ref="G8" r:id="rId51" display="https://www.arpacampania.it/documents/20182/483162/Puthod_contratto.pdf/ecb694a1-c330-35c1-7f74-02b34dfa3861?t=1757935131007"/>
     <hyperlink ref="G9" r:id="rId52" display="https://www.arpacampania.it/documents/20182/483162/Rollin_contratto.pdf/09d6754c-0d36-8ca9-f1d0-a48fd13682f2?t=1757935132811"/>
     <hyperlink ref="G10" r:id="rId53" display="https://www.arpacampania.it/documents/20182/483162/Simeone_contratto.pdf/cefa7c9b-58a0-405f-3694-56dfc9094a78?t=1757935151639"/>
+    <hyperlink ref="G5" r:id="rId54" display="https://www.arpacampania.it/documents/20182/483162/Contratto+Macri.pdf/ba9ac265-822c-6f60-67ca-9eee07edb6c6?t=1763554852916"/>
+    <hyperlink ref="G4" r:id="rId55" display="https://www.arpacampania.it/documents/20182/483162/Contratto+Dragone.pdf/b8412759-e89f-8373-418e-3b8e8ce376b3?t=1763554852188"/>
   </hyperlinks>
   <pageMargins left="0.19652777777777777" right="0.19652777777777777" top="0.62986111111111109" bottom="0.62986111111111109" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="77" firstPageNumber="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId54"/>
+  <pageSetup paperSize="9" scale="77" firstPageNumber="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId56"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:IV7"/>
   <sheetViews>
     <sheetView topLeftCell="A4" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="4.625" defaultRowHeight="24.95" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="4.625" style="1"/>
     <col min="2" max="2" width="7.625" style="1" customWidth="1"/>
     <col min="3" max="3" width="14.375" style="2" customWidth="1"/>
     <col min="4" max="4" width="30.625" style="3" customWidth="1"/>
     <col min="5" max="5" width="86.625" style="3" customWidth="1"/>
     <col min="6" max="6" width="16.875" style="3" customWidth="1"/>
     <col min="7" max="7" width="14.25" style="4" customWidth="1"/>
     <col min="8" max="8" width="10.75" style="4" customWidth="1"/>
     <col min="9" max="9" width="10.125" style="4" customWidth="1"/>
     <col min="10" max="10" width="7.625" style="4" customWidth="1"/>
     <col min="11" max="11" width="10.75" style="4" customWidth="1"/>
@@ -2186,304 +2203,304 @@
         <v>11</v>
       </c>
       <c r="N1" s="7" t="s">
         <v>12</v>
       </c>
       <c r="IL1" s="3"/>
       <c r="IM1" s="3"/>
       <c r="IN1" s="3"/>
       <c r="IO1" s="3"/>
       <c r="IP1" s="3"/>
       <c r="IQ1" s="3"/>
       <c r="IR1" s="3"/>
       <c r="IS1" s="3"/>
       <c r="IT1" s="3"/>
       <c r="IU1" s="3"/>
       <c r="IV1" s="3"/>
     </row>
     <row r="2" spans="1:256" ht="60" customHeight="1">
       <c r="A2" s="9">
         <v>1</v>
       </c>
       <c r="B2" s="9">
         <v>9993484</v>
       </c>
       <c r="C2" s="10" t="s">
-        <v>85</v>
+        <v>71</v>
       </c>
       <c r="D2" s="12" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="E2" s="12" t="s">
-        <v>87</v>
+        <v>73</v>
       </c>
       <c r="F2" s="18">
         <f>22093.92/12*3</f>
         <v>5523.48</v>
       </c>
       <c r="G2" s="14" t="s">
-        <v>88</v>
+        <v>74</v>
       </c>
       <c r="H2" s="17" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="I2" s="14" t="s">
-        <v>90</v>
+        <v>76</v>
       </c>
       <c r="J2" s="14" t="s">
-        <v>91</v>
+        <v>77</v>
       </c>
       <c r="K2" s="15" t="s">
-        <v>92</v>
+        <v>78</v>
       </c>
       <c r="L2" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M2" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="N2" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:256" ht="68.099999999999994" customHeight="1">
       <c r="A3" s="9">
         <v>2</v>
       </c>
       <c r="B3" s="9">
         <v>9993487</v>
       </c>
       <c r="C3" s="10" t="s">
-        <v>93</v>
+        <v>79</v>
       </c>
       <c r="D3" s="12" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="E3" s="12" t="s">
-        <v>87</v>
+        <v>73</v>
       </c>
       <c r="F3" s="18">
         <f>22093.92/12*3</f>
         <v>5523.48</v>
       </c>
       <c r="G3" s="14" t="s">
-        <v>88</v>
+        <v>74</v>
       </c>
       <c r="H3" s="17" t="s">
-        <v>94</v>
+        <v>80</v>
       </c>
       <c r="I3" s="14" t="s">
-        <v>90</v>
+        <v>76</v>
       </c>
       <c r="J3" s="14" t="s">
-        <v>91</v>
+        <v>77</v>
       </c>
       <c r="K3" s="15" t="s">
-        <v>92</v>
+        <v>78</v>
       </c>
       <c r="L3" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M3" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="N3" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:256" ht="56.25" customHeight="1">
       <c r="A4" s="9">
         <v>3</v>
       </c>
       <c r="B4" s="9">
         <v>9993844</v>
       </c>
       <c r="C4" s="10" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="D4" s="11" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E4" s="12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F4" s="13">
         <v>29274</v>
       </c>
       <c r="G4" s="14" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H4" s="15" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="I4" s="14" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="J4" s="14" t="s">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="K4" s="15" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="L4" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M4" s="14"/>
       <c r="N4" s="14"/>
     </row>
     <row r="5" spans="1:256" ht="58.9" customHeight="1">
       <c r="A5" s="9">
         <v>4</v>
       </c>
       <c r="B5" s="9">
         <v>9993639</v>
       </c>
       <c r="C5" s="10" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="D5" s="12" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="E5" s="12" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="F5" s="18">
         <v>22093.919999999998</v>
       </c>
       <c r="G5" s="14" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="H5" s="15" t="s">
-        <v>103</v>
+        <v>89</v>
       </c>
       <c r="I5" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="J5" s="14" t="s">
         <v>90</v>
       </c>
-      <c r="J5" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K5" s="15" t="s">
-        <v>105</v>
+        <v>91</v>
       </c>
       <c r="L5" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M5" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="N5" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:256" ht="64.5" customHeight="1">
       <c r="A6" s="9">
         <v>5</v>
       </c>
       <c r="B6" s="9">
         <v>9993668</v>
       </c>
       <c r="C6" s="10" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="D6" s="12" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="E6" s="12" t="s">
-        <v>87</v>
+        <v>73</v>
       </c>
       <c r="F6" s="18">
         <f>+F5</f>
         <v>22093.919999999998</v>
       </c>
       <c r="G6" s="14" t="s">
-        <v>88</v>
+        <v>74</v>
       </c>
       <c r="H6" s="15" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="I6" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="J6" s="14" t="s">
         <v>90</v>
       </c>
-      <c r="J6" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K6" s="15" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="L6" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M6" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="N6" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:256" ht="60" customHeight="1">
       <c r="A7" s="9">
         <v>6</v>
       </c>
       <c r="B7" s="9">
         <v>9993667</v>
       </c>
       <c r="C7" s="10" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="D7" s="12" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="E7" s="12" t="s">
-        <v>87</v>
+        <v>73</v>
       </c>
       <c r="F7" s="18">
         <f>+F6</f>
         <v>22093.919999999998</v>
       </c>
       <c r="G7" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="15" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="I7" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="J7" s="14" t="s">
         <v>90</v>
       </c>
-      <c r="J7" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K7" s="15" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="L7" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M7" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="N7" s="15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <hyperlinks>
     <hyperlink ref="K2" r:id="rId1"/>
     <hyperlink ref="L2" r:id="rId2"/>
     <hyperlink ref="M2" r:id="rId3"/>
     <hyperlink ref="N2" r:id="rId4"/>
     <hyperlink ref="K3" r:id="rId5"/>
     <hyperlink ref="L3" r:id="rId6"/>
     <hyperlink ref="M3" r:id="rId7"/>
     <hyperlink ref="N3" r:id="rId8"/>
     <hyperlink ref="H4" r:id="rId9"/>
     <hyperlink ref="K4" r:id="rId10"/>
     <hyperlink ref="L4" r:id="rId11"/>
     <hyperlink ref="H5" r:id="rId12"/>
     <hyperlink ref="K5" r:id="rId13"/>
     <hyperlink ref="L5" r:id="rId14"/>
     <hyperlink ref="M5" r:id="rId15"/>
     <hyperlink ref="N5" r:id="rId16"/>
     <hyperlink ref="H6" r:id="rId17"/>
     <hyperlink ref="K6" r:id="rId18"/>
     <hyperlink ref="L6" r:id="rId19"/>
     <hyperlink ref="M6" r:id="rId20"/>